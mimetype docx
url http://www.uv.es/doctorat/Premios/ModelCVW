--- v0 (2025-10-07)
+++ v1 (2025-12-31)
@@ -1,15463 +1,19341 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-[...9 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14" xml:space="preserve">
   <w:body>
-    <w:p w:rsidR="00605271" w:rsidRDefault="00605271">
-[...1 lines deleted...]
-        <w:pStyle w:val="Textoindependiente"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="Textoindependiente"/>
+          <w:sz w:val="52"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="Textoindependiente"/>
+          <w:sz w:val="52"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="Textoindependiente"/>
+          <w:sz w:val="52"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="220"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="20"/>
-[...89 lines deleted...]
-          <w:b/>
           <w:sz w:val="52"/>
-          <w:lang w:val="es-ES"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00605271" w:rsidRPr="000E7DF4" w:rsidRDefault="00F2640A">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Curriculum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>vitae</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="6420"/>
+          <w:tab w:pos="7251" w:val="left" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:line="365" w:lineRule="exact"/>
-        <w:ind w:left="417"/>
+        <w:spacing w:line="365" w:lineRule="exact" w:before="0"/>
+        <w:ind w:left="1247" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="32"/>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
-          <w:lang w:val="es-ES"/>
-[...5 lines deleted...]
-          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t>Nombre</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="32"/>
-          <w:lang w:val="es-ES"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
-          <w:lang w:val="es-ES"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+        </w:rPr>
+        <w:t>de pàgines que conté:</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="32"/>
-          <w:lang w:val="es-ES"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="67"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="482" w:lineRule="auto" w:before="0"/>
+        <w:ind w:left="1247" w:right="7079" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Nom</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Cognoms </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Data </w:t>
+      </w:r>
+      <w:bookmarkStart w:name="Signatura" w:id="1"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
         <w:rPr>
           <w:w w:val="99"/>
           <w:sz w:val="32"/>
-          <w:u w:val="single"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="32"/>
-          <w:u w:val="single"/>
-[...136 lines deleted...]
-          <w:sz w:val="32"/>
         </w:rPr>
         <w:t>Signatura</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00605271" w:rsidRPr="000E7DF4" w:rsidRDefault="000D16F5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="700"/>
-          <w:tab w:val="left" w:pos="701"/>
+          <w:tab w:pos="1530" w:val="left" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:line="182" w:lineRule="exact"/>
-        <w:ind w:right="101" w:hanging="283"/>
+        <w:spacing w:line="237" w:lineRule="auto" w:before="367" w:after="0"/>
+        <w:ind w:left="1530" w:right="849" w:hanging="284"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="16"/>
-          <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
-          <w:lang w:val="es-ES"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00F2640A" w:rsidRPr="000E7DF4">
+        </w:rPr>
+        <w:t>La persona dalt signant declara que són certes les dades que figuren en aquest currículum, i assumirà, en cas contrari, les</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
-          <w:lang w:val="es-ES"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-21"/>
+        </w:rPr>
+        <w:t>responsabilitats que pogueren derivar-se de les inexactituds que hi consten</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="16"/>
-          <w:lang w:val="es-ES"/>
-[...5 lines deleted...]
-          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1"/>
+        <w:rPr>
+          <w:b w:val="0"/>
           <w:sz w:val="16"/>
-          <w:lang w:val="es-ES"/>
-[...24 lines deleted...]
-        <w:pStyle w:val="Prrafodelista"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="701"/>
-          <w:tab w:val="left" w:pos="702"/>
+          <w:tab w:pos="1530" w:val="left" w:leader="none"/>
         </w:tabs>
-        <w:ind w:left="701"/>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
+        <w:ind w:left="1530" w:right="0" w:hanging="283"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
-          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Aquest</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7DF4">
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="16"/>
-          <w:lang w:val="es-ES"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
-          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>currículum</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7DF4">
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-3"/>
+          <w:spacing w:val="3"/>
           <w:sz w:val="16"/>
-          <w:lang w:val="es-ES"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
-          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>no</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7DF4">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>exclou</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>procés</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>d’avaluació</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>se</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>us</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>requerisca</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>ampliar</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>informació</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>ací</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
-          <w:lang w:val="es-ES"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+        </w:rPr>
+        <w:t>continguda.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
-          <w:lang w:val="es-ES"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+        </w:rPr>
+        <w:sectPr>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16850"/>
+          <w:pgMar w:top="1940" w:bottom="280" w:left="850" w:right="850"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="138"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>DADES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>PERSONALS</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="360" w:lineRule="auto" w:before="4"/>
+        <w:ind w:left="114" w:right="9310"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>COGNOMS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>NOM</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:pos="2510" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="114" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>DNI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>NIE</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="360" w:lineRule="auto" w:before="108"/>
+        <w:ind w:left="114" w:right="8767"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>DATA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>NAIXEMENT </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>NACIONALITAT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>TELÈFON</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="114" w:right="8455"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>ADREÇA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>PARTICULAR </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>LOCALITAT</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:pos="2955" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="206" w:lineRule="exact"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>CP:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+        <w:t>N.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>FUNCIONARI</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="55"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487587840">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>594359</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>196504</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6373495" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="2" name="Graphic 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="2" name="Graphic 2"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6373495" cy="9525"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="9525">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:15.472793pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15728640;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape2" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="77"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>SITUACIÓ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>PROFESSIONAL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ACTUAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="27"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ORGANISME</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="360" w:lineRule="auto" w:before="103"/>
+        <w:ind w:left="114" w:right="7635"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>FACULTAT,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>ESCOLA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>INSTITUT DEPT./SCC., UNITAT ESTR. ADREÇA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>POSTAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="102"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>TELÈFON</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>(indiqueu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>prefix,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>número</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> extensió)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="103"/>
+        <w:ind w:left="114" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>FAX</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="109"/>
+        <w:ind w:left="155"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>ADREÇA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ELECTRÒNICA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="206"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>ESPECIALITZACIÓ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>(Codi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>UNESCO </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:pos="5070" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="722" w:lineRule="auto" w:before="101"/>
+        <w:ind w:left="114" w:right="3258"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>CATEGORIA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>PROFESSIONAL:</w:t>
+        <w:tab/>
+        <w:t>DATA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>COMENÇAMENT </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>SITUACIÓ ADMINISTRATIVA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:pos="2227" w:val="left" w:leader="none"/>
+          <w:tab w:pos="5212" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="114" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>PLANTILLA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>CONTRACTAT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>INTERÍ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>DEDICACIÓ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="360" w:lineRule="auto" w:before="103"/>
+        <w:ind w:left="114" w:right="8656"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>A TEMPS PARCIAL A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>TEMPS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>COMPLET</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="206" w:lineRule="exact"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Si</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>sou</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>becaris</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>(de</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>ministeris,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>d’universitats,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>fundacions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>privades,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>etc)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>empleneu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>aquest</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>apartat</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>BECARI</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="114" w:right="7457" w:hanging="1"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>NORMATIVA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>LA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>CONVOCATÒRIA NORMATIVA D’ADJUDICACIÓ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="115" w:right="7635"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>DATA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>COMENÇAMENT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>BECA DATA ACABAMENT BECA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="101"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:pos="1320" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:left="115"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ALTRES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ESPECIFIQUEU:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0"/>
+        <w:sectPr>
+          <w:headerReference w:type="default" r:id="rId5"/>
+          <w:pgSz w:w="11910" w:h="16850"/>
+          <w:pgMar w:header="1271" w:footer="0" w:top="1360" w:bottom="280" w:left="850" w:right="850"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:line="252" w:lineRule="exact"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>FORMACIÓ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ACADÈMICA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:pos="3402" w:val="left" w:leader="none"/>
+          <w:tab w:pos="7194" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="0"/>
+        <w:ind w:left="114" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487588352">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>594359</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>160140</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6373495" cy="6350"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="3" name="Graphic 3"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="3" name="Graphic 3"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6373495" cy="6350"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="6350">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6108"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="6108"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:12.609476pt;width:501.84pt;height:.481pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15728128;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape3" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>TITULACIÓ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>SUPERIOR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>CENTRE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>DATA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="225" w:after="1"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="72" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2897"/>
+        <w:gridCol w:w="2165"/>
+        <w:gridCol w:w="2805"/>
+        <w:gridCol w:w="833"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="458" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2897" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="228" w:lineRule="exact"/>
+              <w:ind w:left="50"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>REALITZACIÓ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ESTUDIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3R</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>CICLE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2165" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="228" w:lineRule="exact"/>
+              <w:ind w:left="198"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>CENTRE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2805" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="1295" w:right="326"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>NÚM.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>CRÈDITS </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>SUPERATS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="228" w:lineRule="exact"/>
+              <w:ind w:left="330"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>DATA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="211"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487588864">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>559308</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>295006</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6216650" cy="6350"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="4" name="Graphic 4"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="4" name="Graphic 4"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6216650" cy="6350"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6216650" h="6350">
+                              <a:moveTo>
+                                <a:pt x="6216396" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6216396" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6216396" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6216396" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect style="position:absolute;margin-left:44.040001pt;margin-top:23.228838pt;width:489.480023pt;height:.48pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15727616;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape4" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="221" w:after="1"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="38" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2069"/>
+        <w:gridCol w:w="3947"/>
+        <w:gridCol w:w="3774"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="231" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2069" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="84"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>DOCTORAT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="1060"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>CENTRE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3774" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="2215"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>DATA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="210"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487589376">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>594359</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>294899</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6373495" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="5" name="Graphic 5"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="5" name="Graphic 5"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6373495" cy="9525"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="9525">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:23.22043pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15727104;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape5" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="247"/>
+        <w:ind w:right="6"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>ACTIVITATS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>ANTERIORS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>CARÀCTER</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>CIENTÍFIC</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>PROFESSIONAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="41"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="38" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1937"/>
+        <w:gridCol w:w="3498"/>
+        <w:gridCol w:w="4358"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="233" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1937" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="214" w:lineRule="exact"/>
+              <w:ind w:left="84"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>LLOC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3498" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="214" w:lineRule="exact"/>
+              <w:ind w:left="1406"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>INSTITUCIÓ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4358" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="214" w:lineRule="exact"/>
+              <w:ind w:left="1165"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>DATES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="210"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487589888">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>594359</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>294782</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6373495" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="6" name="Graphic 6"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="6" name="Graphic 6"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6373495" cy="9525"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="9525">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:23.21121pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15726592;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape6" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="16"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="5" w:right="5" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>IDIOMES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ESTRANGERS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>(R</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>regular,</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="16"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="16"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>bé,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>correctament)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:pos="541" w:val="left" w:leader="none"/>
+          <w:tab w:pos="1530" w:val="left" w:leader="none"/>
+          <w:tab w:pos="2946" w:val="left" w:leader="none"/>
+          <w:tab w:pos="3395" w:val="left" w:leader="none"/>
+          <w:tab w:pos="4362" w:val="left" w:leader="none"/>
+          <w:tab w:pos="5778" w:val="left" w:leader="none"/>
+          <w:tab w:pos="6484" w:val="left" w:leader="none"/>
+          <w:tab w:pos="8184" w:val="left" w:leader="none"/>
+          <w:tab w:pos="8610" w:val="left" w:leader="none"/>
+          <w:tab w:pos="9784" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="114" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>IDIOMA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:sz w:val="18"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="16"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>PARLA</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="16"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="16"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>LLIG</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="16"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-4"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+          <w:sz w:val="18"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="16"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="16"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ESCRIU</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="16"/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:sz w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="214"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="6"/>
+        <w:ind w:left="114" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>CURSOS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>OFICIALS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>D’IDIOMES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>QUE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="16"/>
-[...182 lines deleted...]
-        <w:pStyle w:val="Textoindependiente"/>
+        </w:rPr>
+        <w:t>POSSEÏXEN</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
-        <w:ind w:left="108"/>
-[...1 lines deleted...]
-          <w:b w:val="0"/>
+        <w:ind w:left="30" w:right="0" w:firstLine="0"/>
+        <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b w:val="0"/>
-          <w:noProof/>
           <w:sz w:val="2"/>
-          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        </w:rPr>
         <mc:AlternateContent>
-          <mc:Choice Requires="wpg">
+          <mc:Choice Requires="wps">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
-                <wp:extent cx="6383020" cy="9525"/>
-[...1 lines deleted...]
-                <wp:docPr id="47" name="Group 47"/>
+                <wp:extent cx="6217920" cy="6350"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="7" name="Group 7"/>
                 <wp:cNvGraphicFramePr>
-                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                  <a:graphicFrameLocks/>
                 </wp:cNvGraphicFramePr>
-                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
-                      <wpg:cNvGrpSpPr>
-[...2 lines deleted...]
-                      <wpg:grpSpPr bwMode="auto">
+                      <wpg:cNvPr id="7" name="Group 7"/>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6383020" cy="9525"/>
-[...1 lines deleted...]
-                          <a:chExt cx="10052" cy="15"/>
+                          <a:ext cx="6217920" cy="6350"/>
+                          <a:chExt cx="6217920" cy="6350"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
-                        <wps:cNvPr id="48" name="Line 48"/>
-[...3 lines deleted...]
-                        <wps:spPr bwMode="auto">
+                        <wps:cNvPr id="8" name="Graphic 8"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
                           <a:xfrm>
-                            <a:off x="8" y="8"/>
-                            <a:ext cx="10036" cy="0"/>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="6217920" cy="6350"/>
                           </a:xfrm>
-                          <a:prstGeom prst="line">
+                          <a:custGeom>
                             <a:avLst/>
-                          </a:prstGeom>
-[...16 lines deleted...]
-                          </a:extLst>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="6217920" h="6350">
+                                <a:moveTo>
+                                  <a:pt x="6217920" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="6108"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6217920" y="6108"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6217920" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
                         </wps:spPr>
-                        <wps:bodyPr/>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="059581FA" id="Group 47" o:spid="_x0000_s1026" style="width:502.6pt;height:.75pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="10052,15" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhjg1QiwIAAJYFAAAOAAAAZHJzL2Uyb0RvYy54bWykVMtu2zAQvBfoPxC6O5Js2XGEyEFh2bmk&#10;TYCkH0BT1AOlSIJkLBtF/73LpeykyaFF6gNNal+zM0te3xx6Qfbc2E7JIkovkohwyVTVyaaIvj9t&#10;J8uIWEdlRYWSvIiO3EY3q8+frged86lqlai4IZBE2nzQRdQ6p/M4tqzlPbUXSnMJxlqZnjo4miau&#10;DB0gey/iaZIs4kGZShvFuLXwtQzGaIX565ozd1/XljsiigiwOVwNrju/xqtrmjeG6rZjIwz6ARQ9&#10;7SQUPacqqaPk2XTvUvUdM8qq2l0w1ceqrjvGsQfoJk3edHNr1LPGXpp8aPSZJqD2DU8fTsu+7R8M&#10;6aoiyi4jImkPGmFZAmcgZ9BNDj63Rj/qBxM6hO2dYj8smOO3dn9ugjPZDV9VBfnos1NIzqE2vU8B&#10;bZMDanA8a8APjjD4uJgtZ8kUpGJgu5pP50Ei1oKO74JYuxnD0iSZT0NQiiExzUM5hDhC8v3AnNkX&#10;Ku3/UfnYUs1RIetpOlEJQx+ovOskJ9kyMIkuaxloZAc50kikWrdUNhyTPR01UJb6CED+KsQfLGjw&#10;V1qhOFCHNWl+ohX4mS0CPzj0Z3poro11t1z1xG+KSABkVIvu76zzMF5cvHhSbTsh4DvNhSQDiJRm&#10;GQZYJbrKG73Nmma3Fobsqb95+MOewPLazdcsqW2DH5qC4DD6ssIqLafVZtw72omwB1RC+kLQIeAc&#10;d+HO/bxKrjbLzTKbZNPFZpIlZTn5sl1nk8U2vZyXs3K9LtNfHnOa5W1XVVx62Kf7n2b/NhTjSxRu&#10;7vkFOPMT/5kdiQSwp38EjRJ7VcNk7lR1fDAn6WFOcQjw8mPY+FD51+X1Gb1entPVbwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPSsWUPbAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FrwzAMhe+D/Qej&#10;wm6rnY6MkcYppWw7lcHawdhNjdUkNJZD7Cbpv5+7y3oRTzzx3qd8NdlWDNT7xrGGZK5AEJfONFxp&#10;+Nq/Pb6A8AHZYOuYNFzIw6q4v8sxM27kTxp2oRIxhH2GGuoQukxKX9Zk0c9dRxy9o+sthrj2lTQ9&#10;jjHctnKh1LO02HBsqLGjTU3laXe2Gt5HHNdPyeuwPR03l599+vG9TUjrh9m0XoIINIX/Y7jiR3Qo&#10;ItPBndl40WqIj4S/efWUShcgDlGlIItc3sIXvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAhjg1QiwIAAJYFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQD0rFlD2wAAAAQBAAAPAAAAAAAAAAAAAAAAAOUEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAA7QUAAAAA&#10;">
-[...1 lines deleted...]
-                <w10:anchorlock/>
+              <v:group style="width:489.6pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" id="docshapegroup7" coordorigin="0,0" coordsize="9792,10">
+                <v:rect style="position:absolute;left:0;top:0;width:9792;height:10" id="docshape8" filled="true" fillcolor="#000000" stroked="false">
+                  <v:fill type="solid"/>
+                </v:rect>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...101 lines deleted...]
-        <w:t>N.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="2"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+        </w:rPr>
+        <w:sectPr>
+          <w:pgSz w:w="11910" w:h="16850"/>
+          <w:pgMar w:header="1271" w:footer="0" w:top="1360" w:bottom="280" w:left="850" w:right="850"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="84"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>PARTICIPACIÓ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>EN</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>PROJECTES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>D’INVESTIGACIÓ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...16 lines deleted...]
-          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>FINANÇATS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>EN</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>ELS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>ÚLTIMS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>ANYS</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="1048" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487590912">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>594360</wp:posOffset>
+                  <wp:posOffset>594359</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>201295</wp:posOffset>
+                  <wp:posOffset>162628</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6373495" cy="0"/>
-                <wp:effectExtent l="13335" t="9525" r="13970" b="9525"/>
+                <wp:extent cx="6373495" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="46" name="Line 46"/>
+                <wp:docPr id="9" name="Graphic 9"/>
                 <wp:cNvGraphicFramePr>
-                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                  <a:graphicFrameLocks/>
                 </wp:cNvGraphicFramePr>
-                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvCnPr>
-[...2 lines deleted...]
-                      <wps:spPr bwMode="auto">
+                      <wps:cNvPr id="9" name="Graphic 9"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6373495" cy="0"/>
+                          <a:ext cx="6373495" cy="9525"/>
                         </a:xfrm>
-                        <a:prstGeom prst="line">
+                        <a:custGeom>
                           <a:avLst/>
-                        </a:prstGeom>
-[...16 lines deleted...]
-                        </a:extLst>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="9525">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
                       </wps:spPr>
-                      <wps:bodyPr/>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="1EB88651" id="Line 46" o:spid="_x0000_s1026" style="position:absolute;z-index:1048;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="46.8pt,15.85pt" to="548.65pt,15.85pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA1OXLhHgIAAEMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+QxLIshARVlUCvWy7&#10;SLv9AGM7xKpjW7YhoKr/3rEDiG0vVVUOZpyZefNm5nn5dOokOnLrhFYlzsYpRlxRzYTal/jb22Y0&#10;x8h5ohiRWvESn7nDT6uPH5a9KfhEt1oybhGAKFf0psSt96ZIEkdb3hE31oYrcDbadsTD1e4TZkkP&#10;6J1MJmk6S3ptmbGacufgaz048SriNw2n/qVpHPdIlhi4+XjaeO7CmayWpNhbYlpBLzTIP7DoiFBQ&#10;9AZVE0/QwYo/oDpBrXa68WOqu0Q3jaA89gDdZOlv3by2xPDYCwzHmduY3P+DpV+PW4sEK3E+w0iR&#10;Dnb0LBRHcIXZ9MYVEFKprQ3d0ZN6Nc+afndI6aolas8jx7ezgbwsZCTvUsLFGaiw679oBjHk4HUc&#10;1KmxXYCEEaBT3Mf5tg9+8ojCx9n0cZovHjCiV19Cimuisc5/5rpDwSixBNIRmByfnQ9ESHENCXWU&#10;3ggp47qlQn2JF1mexwSnpWDBGcKc3e8qadGRBMHEX+wKPPdhAbkmrh3iomuQktUHxWKVlhO2vtie&#10;CDnYwEqqUAh6BJ4Xa5DKj0W6WM/X83yUT2brUZ7W9ejTpspHs032+FBP66qqs5+Bc5YXrWCMq0D7&#10;Ktss/ztZXB7QILibcG/zSd6jx0EC2et/JB2XHPY6KGSn2Xlrr8sHpcbgy6sKT+H+Dvb921/9AgAA&#10;//8DAFBLAwQUAAYACAAAACEAlYVAa9wAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KhTIiU0xKlQFS6IAwQ+YBsviUW8jmK3Cf16XHGgx9kZzbwtt4sdxJEmbxwrWK8SEMSt&#10;04Y7BZ8fz3cPIHxA1jg4JgU/5GFbXV+VWGg38zsdm9CJWMK+QAV9CGMhpW97suhXbiSO3pebLIYo&#10;p07qCedYbgd5nySZtGg4LvQ40q6n9rs5WAXN2+ucvZxOc503Bn0Ipq/rnVK3N8vTI4hAS/gPwxk/&#10;okMVmfbuwNqLQcEmzWJSQbrOQZz9ZJOnIPZ/F1mV8vKD6hcAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQA1OXLhHgIAAEMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQCVhUBr3AAAAAkBAAAPAAAAAAAAAAAAAAAAAHgEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" strokeweight=".72pt">
-[...1 lines deleted...]
-              </v:line>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:12.80539pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15725568;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape9" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00605271" w:rsidRDefault="00F2640A">
-[...75 lines deleted...]
-        <w:ind w:left="144"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="20"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="482" w:lineRule="auto"/>
+        <w:ind w:left="114" w:right="8324"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>TÍTOL DEL PROJECTE ENTITAT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>FINANÇADORA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:pos="3654" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="204" w:lineRule="exact"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>DURACIÓ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>DES </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+        <w:t>FINS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="114" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma"/>
           <w:sz w:val="18"/>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma"/>
           <w:sz w:val="18"/>
-          <w:lang w:val="es-ES"/>
-[...23 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>INVESTIGADOR/A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> PRINCIPAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="213"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
           <w:sz w:val="20"/>
-          <w:lang w:val="es-ES"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="Textoindependiente"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487591424">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>594359</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>303990</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6373495" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="10" name="Graphic 10"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="10" name="Graphic 10"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6373495" cy="9525"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="9525">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:23.936277pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15725056;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape10" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="12"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="114" w:right="8324"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>TÍTOL DEL PROJECTE ENTITAT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>FINANÇADORA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:pos="3654" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="206" w:lineRule="exact"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>DURACIÓ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>DES </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+        <w:t>FINS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="114" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>INVESTIGADOR/A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> PRINCIPAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="10"/>
         <w:rPr>
-          <w:sz w:val="15"/>
-[...22 lines deleted...]
-        <w:pStyle w:val="Textoindependiente"/>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487591936">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>594359</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>159602</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6373495" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="11" name="Graphic 11"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="11" name="Graphic 11"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6373495" cy="9525"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="9525">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:12.567148pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15724544;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape11" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="12"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="114" w:right="8324"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>TÍTOL DEL PROJECTE ENTITAT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>FINANÇADORA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="5100"/>
+          <w:tab w:pos="3654" w:val="left" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:before="103" w:line="722" w:lineRule="auto"/>
-        <w:ind w:left="144" w:right="3287"/>
+        <w:spacing w:line="206" w:lineRule="exact"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>DURACIÓ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>DES </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+        <w:t>FINS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="114" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>INVESTIGADOR/A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> PRINCIPAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="213"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487592448">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>594359</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>304382</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6373495" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="12" name="Graphic 12"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="12" name="Graphic 12"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6373495" cy="9525"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="9525">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:23.967148pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15724032;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape12" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="12"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="114" w:right="8324"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>TÍTOL DEL PROJECTE ENTITAT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>FINANÇADORA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:pos="3654" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="206" w:lineRule="exact"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>DURACIÓ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>DES </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+        <w:t>FINS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="114" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>INVESTIGADOR/A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> PRINCIPAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487592960">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>594359</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>159602</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6373495" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="13" name="Graphic 13"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="13" name="Graphic 13"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6373495" cy="9525"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="9525">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:12.567148pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15723520;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape13" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="12"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="114" w:right="8324"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>TÍTOL DEL PROJECTE ENTITAT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>FINANÇADORA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:pos="3654" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="206" w:lineRule="exact"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>DURACIÓ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>DES </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+        <w:t>FINS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="114" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>INVESTIGADOR/A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> PRINCIPAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487593472">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>594359</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>159602</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6373495" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="14" name="Graphic 14"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="14" name="Graphic 14"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6373495" cy="9525"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="9525">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9143"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="9143"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:12.567148pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15723008;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape14" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="114" w:right="8324"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>TÍTOL DEL PROJECTE ENTITAT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>FINANÇADORA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:pos="3654" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>DURACIÓ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>DES </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+        <w:t>FINS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="114" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>INVESTIGADOR/A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> PRINCIPAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487593984">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>594359</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>157648</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6373495" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="15" name="Graphic 15"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="15" name="Graphic 15"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6373495" cy="9525"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="9525">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:12.413281pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15722496;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape15" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:sectPr>
+          <w:headerReference w:type="default" r:id="rId6"/>
+          <w:pgSz w:w="11910" w:h="16850"/>
+          <w:pgMar w:header="0" w:footer="0" w:top="1160" w:bottom="280" w:left="850" w:right="850"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>PUBLICACIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:line="228" w:lineRule="exact"/>
+        <w:ind w:right="5"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>(Referides</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>als</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>últims</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>anys</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>fins</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>màxim</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>publicacions)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="229" w:lineRule="exact" w:before="0"/>
+        <w:ind w:left="5" w:right="6" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="6"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
-          <w:lang w:val="es-ES"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Indiqueu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>volum,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>pàgines</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>començament</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
-          <w:lang w:val="es-ES"/>
-[...11 lines deleted...]
-          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>final</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>(any)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>clau</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>CLAU:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="34"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Llibre</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>complet,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="38"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>CL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Capítol</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>del</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>llibre,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="38"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Article, R</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Ressenya</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>(“Review”),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Editor</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="184"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="93" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3324"/>
+        <w:gridCol w:w="2049"/>
+        <w:gridCol w:w="1991"/>
+        <w:gridCol w:w="2674"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="515" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="205"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>AUTORS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(po.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>signatura)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2049" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:right="318"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NACIONAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1991" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="319"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>INTERNACIONAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="452"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LOCAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="412" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TÍTOL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2049" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1991" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="743" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>REFERÈNCIA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>REVISTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>o </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LLIBRE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1991" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="319"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CLAU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="515" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="205"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>AUTORS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(po.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>signatura)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:right="318"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NACIONAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1991" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="319"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>INTERNACIONAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="452"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LOCAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="412" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TÍTOL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2049" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1991" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="537" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>REFERÈNCIA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>REVISTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>o </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LLIBRE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1991" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="319"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CLAU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="515" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="205"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>AUTORS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(po.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>signatura)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:right="318"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NACIONAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1991" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="319"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>INTERNACIONAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="452"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LOCAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="412" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TÍTOL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2049" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1991" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="537" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>REFERÈNCIA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>REVISTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>o </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LLIBRE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1991" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="319"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CLAU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="515" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="205"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>AUTORS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(po.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>signatura)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:right="318"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NACIONAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1991" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="319"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>INTERNACIONAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="452"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LOCAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="412" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TÍTOL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2049" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1991" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="537" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>REFERÈNCIA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>REVISTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>o </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LLIBRE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1991" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="319"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CLAU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="515" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="205"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>AUTORS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(po.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>signatura)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:right="318"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NACIONAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1991" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="319"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>INTERNACIONAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="452"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LOCAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="412" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TÍTOL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2049" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1991" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="537" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>REFERÈNCIA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>REVISTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>o </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LLIBRE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1991" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="319"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CLAU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="515" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="205"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>AUTORS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(po.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>signatura)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:right="318"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NACIONAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1991" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="319"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>INTERNACIONAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="452"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LOCAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="412" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TÍTOL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2049" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1991" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="309" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact" w:before="102"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>REFERÈNCIA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>REVISTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>o </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LLIBRE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2049" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1991" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact" w:before="102"/>
+              <w:ind w:left="319"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CLAU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:sectPr>
+          <w:headerReference w:type="default" r:id="rId7"/>
+          <w:pgSz w:w="11910" w:h="16850"/>
+          <w:pgMar w:header="1101" w:footer="0" w:top="1300" w:bottom="280" w:left="850" w:right="850"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:right="6"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>PARTICIPACIÓ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>EN</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>CONTRACTES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>D’INVESTIGACIÓ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>D’ESPECIAL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>RELLEVÀNCIA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>AMB</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>EMPRESES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ADMINISTRACIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>(referits</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>als</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>últims</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>anys)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487594496">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>594359</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>162628</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6373495" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="18" name="Graphic 18"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="18" name="Graphic 18"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6373495" cy="9525"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="9525">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:12.805428pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15721984;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape18" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="23"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>TÍTOL DEL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>CONTRACTE</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>EMPRESA-ADMINISTRACIÓ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>FINANÇADORA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:pos="3654" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>DURACIÓ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>DES </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+        <w:t>FINS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="114" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>INVESTIGADOR/A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> RESPONSABLE</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="168"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487595008">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>594359</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>275221</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6373495" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="19" name="Graphic 19"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="19" name="Graphic 19"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6373495" cy="9525"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="9525">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:21.670977pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15721472;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape19" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="12"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>TÍTOL DEL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>CONTRACTE</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>EMPRESA-ADMINISTRACIÓ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>FINANÇADORA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:pos="3654" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>DURACIÓ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>DES </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+        <w:t>FINS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="114" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>INVESTIGADOR/A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> RESPONSABLE</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="168"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487595520">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>594359</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>275397</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6373495" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="20" name="Graphic 20"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="20" name="Graphic 20"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6373495" cy="9525"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="9525">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:21.684843pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15720960;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape20" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="12"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>TÍTOL DEL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>CONTRACTE</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>EMPRESA-ADMINISTRACIÓ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>FINANÇADORA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:pos="3654" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>DURACIÓ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>DES </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+        <w:t>FINS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="114" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>INVESTIGADOR/A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> RESPONSABLE</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="168"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487596032">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>594359</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>275397</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6373495" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="21" name="Graphic 21"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="21" name="Graphic 21"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6373495" cy="9525"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="9525">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:21.684843pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15720448;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape21" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="12"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>TÍTOL DEL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>CONTRACTE</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>EMPRESA-ADMINISTRACIÓ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>FINANÇADORA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:pos="3654" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>DURACIÓ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>DES </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+        <w:t>FINS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="114" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>INVESTIGADOR/A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> RESPONSABLE</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="168"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487596544">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>594359</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>275397</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6373495" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="22" name="Graphic 22"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="22" name="Graphic 22"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6373495" cy="9525"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="9525">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:21.684843pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15719936;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape22" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="12"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>TÍTOL DEL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>CONTRACTE</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>EMPRESA-ADMINISTRACIÓ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>FINANÇADORA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:pos="3654" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>DURACIÓ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>DES </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+        <w:t>FINS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="114" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>INVESTIGADOR/A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> RESPONSABLE</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="170"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487597056">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>594359</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>276921</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6373495" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="23" name="Graphic 23"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="23" name="Graphic 23"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6373495" cy="9525"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="9525">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:21.804844pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15719424;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape23" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>TÍTOL DEL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>CONTRACTE</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="206"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>EMPRESA-ADMINISTRACIÓ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>FINANÇADORA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:pos="3654" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>DURACIÓ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>DES </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+        <w:t>FINS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="114" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>INVESTIGADOR/A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> RESPONSABLE</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="157"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487597568">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>594359</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>268227</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6373495" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="24" name="Graphic 24"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="24" name="Graphic 24"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6373495" cy="9525"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="9525">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9143"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="9143"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:21.120312pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15718912;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape24" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sectPr>
+          <w:headerReference w:type="default" r:id="rId8"/>
+          <w:pgSz w:w="11910" w:h="16850"/>
+          <w:pgMar w:header="1065" w:footer="0" w:top="1260" w:bottom="280" w:left="850" w:right="850"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>PATENTS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>MODELS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>D’</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>UTILITAT</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:right="3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>(Referits</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>als</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>últims</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>anys)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="211"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487598080">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>594359</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>295216</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6373495" cy="6350"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="25" name="Graphic 25"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="25" name="Graphic 25"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6373495" cy="6350"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="6350">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:23.245428pt;width:501.84pt;height:.48pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15718400;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape25" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="18"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114" w:right="7828"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>AUTORS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>(po.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>signatura) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>TÍTOL</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="205" w:lineRule="exact" w:before="0"/>
+        <w:ind w:left="114" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Núm </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>SOL·LICITUD</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:pos="5778" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="182" w:lineRule="exact" w:before="0"/>
+        <w:ind w:left="114" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>PAÍS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>PRIORITAT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>DATA</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7DF4">
-[...8 lines deleted...]
-          <w:lang w:val="es-ES"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
         </w:rPr>
         <w:t>DE</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7DF4">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="es-ES"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>PRIORITAT</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="27"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>ENTITAT</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:lang w:val="es-ES"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>TITULAR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114" w:right="7635"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>PAÏSOS</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
-          <w:u w:val="single"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="00605271" w:rsidRPr="000E7DF4" w:rsidRDefault="00F2640A">
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>ALS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>QUALS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>S’HA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>ESTÉS EMPRESES QUE L’EXPLOTEN</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487598592">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>594359</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>131237</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6373495" cy="6350"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="26" name="Graphic 26"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="26" name="Graphic 26"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6373495" cy="6350"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="6350">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6108"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="6108"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:10.333632pt;width:501.84pt;height:.481pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15717888;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape26" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="20"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114" w:right="7828"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>AUTORS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>(po.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>signatura) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>TÍTOL</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="205" w:lineRule="exact" w:before="0"/>
+        <w:ind w:left="114" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Núm </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>SOL·LICITUD</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2257"/>
-          <w:tab w:val="left" w:pos="5242"/>
+          <w:tab w:pos="5778" w:val="left" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:line="218" w:lineRule="exact"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:spacing w:line="182" w:lineRule="exact" w:before="0"/>
+        <w:ind w:left="114" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>PAÍS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>PRIORITAT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>DATA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>PRIORITAT</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="27"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>ENTITAT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>TITULAR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114" w:right="7635"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>PAÏSOS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>ALS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>QUALS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>S’HA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>ESTÉS EMPRESES QUE L’EXPLOTEN</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487599104">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>594359</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>131503</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6373495" cy="6350"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="27" name="Graphic 27"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="27" name="Graphic 27"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6373495" cy="6350"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="6350">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:10.354631pt;width:501.84pt;height:.48pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15717376;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape27" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="18"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114" w:right="7828"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>AUTORS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>(po.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>signatura) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>TÍTOL</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="205" w:lineRule="exact" w:before="0"/>
+        <w:ind w:left="114" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="18"/>
-          <w:lang w:val="es-ES"/>
-[...14 lines deleted...]
-          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Núm </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>SOL·LICITUD</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:pos="5778" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="182" w:lineRule="exact" w:before="0"/>
+        <w:ind w:left="114" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>PAÍS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>PRIORITAT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...188 lines deleted...]
-        <w:pStyle w:val="Textoindependiente"/>
+        <w:t>DATA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>PRIORITAT</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="25"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>ENTITAT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>TITULAR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114" w:right="7635"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>PAÏSOS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>ALS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>QUALS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>S’HA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>ESTÉS EMPRESES QUE L’EXPLOTEN</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
-        <w:ind w:left="268"/>
-[...1 lines deleted...]
-          <w:b w:val="0"/>
+        <w:ind w:left="86" w:right="0" w:firstLine="0"/>
+        <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b w:val="0"/>
-          <w:noProof/>
           <w:sz w:val="2"/>
-          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
         <mc:AlternateContent>
-          <mc:Choice Requires="wpg">
+          <mc:Choice Requires="wps">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
-                <wp:extent cx="6383020" cy="9525"/>
-[...1 lines deleted...]
-                <wp:docPr id="44" name="Group 44"/>
+                <wp:extent cx="6373495" cy="6350"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="28" name="Group 28"/>
                 <wp:cNvGraphicFramePr>
-                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                  <a:graphicFrameLocks/>
                 </wp:cNvGraphicFramePr>
-                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
-                      <wpg:cNvGrpSpPr>
-[...2 lines deleted...]
-                      <wpg:grpSpPr bwMode="auto">
+                      <wpg:cNvPr id="28" name="Group 28"/>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6383020" cy="9525"/>
-[...1 lines deleted...]
-                          <a:chExt cx="10052" cy="15"/>
+                          <a:ext cx="6373495" cy="6350"/>
+                          <a:chExt cx="6373495" cy="6350"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
-                        <wps:cNvPr id="45" name="Line 45"/>
-[...3 lines deleted...]
-                        <wps:spPr bwMode="auto">
+                        <wps:cNvPr id="29" name="Graphic 29"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
                           <a:xfrm>
-                            <a:off x="8" y="8"/>
-                            <a:ext cx="10036" cy="0"/>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="6373495" cy="6350"/>
                           </a:xfrm>
-                          <a:prstGeom prst="line">
+                          <a:custGeom>
                             <a:avLst/>
-                          </a:prstGeom>
-[...16 lines deleted...]
-                          </a:extLst>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="6373495" h="6350">
+                                <a:moveTo>
+                                  <a:pt x="6373368" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="6096"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6373368" y="6096"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6373368" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
                         </wps:spPr>
-                        <wps:bodyPr/>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="31EF9530" id="Group 44" o:spid="_x0000_s1026" style="width:502.6pt;height:.75pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="10052,15" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLTOEMigIAAJYFAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB8T20nTpYadYohTnrp&#10;tgLtfoAiyR+YLQmSGicY9t9HUU7apYcNXQ6KaFHk43ukbm4PfUf2wthWySJKr5KICMkUb2VdRN+f&#10;tpNlRKyjktNOSVFER2Gj29XHDzeDzsVUNarjwhAIIm0+6CJqnNN5HFvWiJ7aK6WFhMNKmZ46ME0d&#10;c0MHiN538TRJFvGgDNdGMWEtfC3DYbTC+FUlmPtWVVY40hURYHO4Glx3fo1XNzSvDdVNy0YY9B0o&#10;etpKSHoOVVJHybNp34TqW2aUVZW7YqqPVVW1TGANUE2aXFRzZ9SzxlrqfKj1mSag9oKnd4dlX/cP&#10;hrS8iLIsIpL2oBGmJWADOYOuc/C5M/pRP5hQIWzvFfth4Ti+PPd2HZzJbviiOMSjz04hOYfK9D4E&#10;lE0OqMHxrIE4OMLg42K2nCVTkIrB2fV8Og8SsQZ0fHOJNZvxWpok82m4lOKVmOYhHUIcIfl6oM/s&#10;C5X2/6h8bKgWqJD1NJ2onJ+ovG+lIBkC8pnBZS0DjewgRxqJVOuGylpgsKejBspSXzUgf3XFGxY0&#10;+CutMHFA3TLwdqIV+JktAj/Y9Gd6aK6NdXdC9cRviqgDyKgW3d9b52G8uHjxpNq2XQffad5JMoBI&#10;KbSKN63qWu4P0TD1bt0Zsqd+8vCHNV24+ZwltU3wwwgBOLS+5JilEZRvxr2jbRf2gKqTPhFUCDjH&#10;XZi5n9fJ9Wa5WWaTbLrYTLKkLCeft+tsstimn+blrFyvy/SXx5xmedNyLqSHfZr/NPu3phhfojC5&#10;5xfgzE/8Z3QkEsCe/hE0SuxVDZ25U/z4YE7SQ59iE+Dw47XxofKvy2sbvV6e09VvAAAA//8DAFBL&#10;AwQUAAYACAAAACEA9KxZQ9sAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWvDMAyF74P9B6PC&#10;bqudjoyRximlbDuVwdrB2E2N1SQ0lkPsJum/n7vLehFPPPHep3w12VYM1PvGsYZkrkAQl840XGn4&#10;2r89voDwAdlg65g0XMjDqri/yzEzbuRPGnahEjGEfYYa6hC6TEpf1mTRz11HHL2j6y2GuPaVND2O&#10;Mdy2cqHUs7TYcGyosaNNTeVpd7Ya3kcc10/J67A9HTeXn3368b1NSOuH2bReggg0hf9juOJHdCgi&#10;08Gd2XjRaoiPhL959ZRKFyAOUaUgi1zewhe/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AMtM4QyKAgAAlgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAPSsWUPbAAAABAEAAA8AAAAAAAAAAAAAAAAA5AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAADsBQAAAAA=&#10;">
-[...1 lines deleted...]
-                <w10:anchorlock/>
+              <v:group style="width:501.85pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" id="docshapegroup28" coordorigin="0,0" coordsize="10037,10">
+                <v:rect style="position:absolute;left:0;top:0;width:10037;height:10" id="docshape29" filled="true" fillcolor="#000000" stroked="false">
+                  <v:fill type="solid"/>
+                </v:rect>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...28 lines deleted...]
-        <w:pStyle w:val="Ttulo2"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="2"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="10"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114" w:right="7828"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>AUTORS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>(po.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>signatura) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>TÍTOL</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="205" w:lineRule="exact" w:before="0"/>
+        <w:ind w:left="114" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Núm </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>SOL·LICITUD</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3592"/>
-          <w:tab w:val="left" w:pos="7384"/>
+          <w:tab w:pos="5778" w:val="left" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:before="99" w:after="22" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="304" w:right="0"/>
+        <w:spacing w:line="182" w:lineRule="exact" w:before="0"/>
+        <w:ind w:left="114" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:lang w:val="es-ES"/>
-[...9 lines deleted...]
-        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>PAÍS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="es-ES"/>
-[...18 lines deleted...]
-          <w:lang w:val="es-ES"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>PRIORITAT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>DATA</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="Textoindependiente"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>PRIORITAT</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="27"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>ENTITAT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>TITULAR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114" w:right="7635"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>PAÏSOS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>ALS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>QUALS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>S’HA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>ESTÉS EMPRESES QUE L’EXPLOTEN</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
-        <w:ind w:left="271"/>
-[...1 lines deleted...]
-          <w:b w:val="0"/>
+        <w:ind w:left="86" w:right="0" w:firstLine="0"/>
+        <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b w:val="0"/>
-          <w:noProof/>
           <w:sz w:val="2"/>
-          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
         <mc:AlternateContent>
-          <mc:Choice Requires="wpg">
+          <mc:Choice Requires="wps">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
-                <wp:extent cx="6379845" cy="6350"/>
-[...1 lines deleted...]
-                <wp:docPr id="42" name="Group 42"/>
+                <wp:extent cx="6373495" cy="6350"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="30" name="Group 30"/>
                 <wp:cNvGraphicFramePr>
-                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                  <a:graphicFrameLocks/>
                 </wp:cNvGraphicFramePr>
-                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
-                      <wpg:cNvGrpSpPr>
-[...2 lines deleted...]
-                      <wpg:grpSpPr bwMode="auto">
+                      <wpg:cNvPr id="30" name="Group 30"/>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6379845" cy="6350"/>
-[...1 lines deleted...]
-                          <a:chExt cx="10047" cy="10"/>
+                          <a:ext cx="6373495" cy="6350"/>
+                          <a:chExt cx="6373495" cy="6350"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
-                        <wps:cNvPr id="43" name="Line 43"/>
-[...3 lines deleted...]
-                        <wps:spPr bwMode="auto">
+                        <wps:cNvPr id="31" name="Graphic 31"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
                           <a:xfrm>
-                            <a:off x="5" y="5"/>
-                            <a:ext cx="10037" cy="0"/>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="6373495" cy="6350"/>
                           </a:xfrm>
-                          <a:prstGeom prst="line">
+                          <a:custGeom>
                             <a:avLst/>
-                          </a:prstGeom>
-[...16 lines deleted...]
-                          </a:extLst>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="6373495" h="6350">
+                                <a:moveTo>
+                                  <a:pt x="6373368" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="6096"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6373368" y="6096"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6373368" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
                         </wps:spPr>
-                        <wps:bodyPr/>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="657B44AC" id="Group 42" o:spid="_x0000_s1026" style="width:502.35pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="10047,10" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/1vdThwIAAJYFAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2jAUfZ+0/2DlnSaBQCEiVBOBvnQb&#10;UrsfYBwnsebYlu0S0LT/vms7UNo+bOp4MHbu17nnXHt5d+w4OlBtmBRFlN4kEaKCyIqJpoh+PG1H&#10;8wgZi0WFuRS0iE7URHerz5+WvcrpWLaSV1QjSCJM3qsiaq1VeRwb0tIOmxupqABjLXWHLRx1E1ca&#10;95C94/E4SWZxL3WltCTUGPhaBmO08vnrmhL7va4NtYgXEWCzftV+3bs1Xi1x3misWkYGGPgDKDrM&#10;BBS9pCqxxehZs3epOka0NLK2N0R2saxrRqjvAbpJkzfd3Gv5rHwvTd436kITUPuGpw+nJd8OO41Y&#10;VUTZOEICd6CRL4vgDOT0qsnB516rR7XToUPYPkjy04A5fmt35yY4o33/VVaQDz9b6ck51rpzKaBt&#10;dPQanC4a0KNFBD7OJreLeTaNEAHbbDIdJCIt6PguiLSbISxNkuw2BKU+JMZ5KOchDpBcPzBn5oVK&#10;839UPrZYUa+QcTSdqZycqXxggqJsEpj0LmsRaCRHMdCIhFy3WDTUJ3s6KaAsdRGA/CrEHQxo8Fda&#10;gTugbhpG+0wr8DMZ+HlND86VNvaeyg65TRFxgOzVwocHYx2MFxcnnpBbxjl8xzkXqAeR0mThA4zk&#10;rHJGZzO62a+5Rgfsbp7/+Z7Acu3mapbYtMHPmwJwGH1R+SotxdVm2FvMeNgDKi5cIegQcA67cOd+&#10;LZLFZr6ZZ6NsPNuMsqQsR1+262w026a303JSrtdl+tthTrO8ZVVFhYN9vv9p9m9DMbxE4eZeXoAL&#10;P/Hr7J5IAHv+96C9xE7VMJl7WZ12+iw9zKkfAn/5fdjwULnX5frsvV6e09UfAAAA//8DAFBLAwQU&#10;AAYACAAAACEARgrW3toAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzWrDMBCE74W+g9hCb43k&#10;/uNaDiG0PYVCkkLIbWNtbBNrZSzFdt6+ci/tZZlllplvs/loG9FT52vHGpKZAkFcOFNzqeF7+3H3&#10;CsIHZIONY9JwIQ/z/Poqw9S4gdfUb0IpYgj7FDVUIbSplL6oyKKfuZY4ekfXWQxx7UppOhxiuG3k&#10;vVLP0mLNsaHClpYVFafN2Wr4HHBYPCTv/ep0XF7226ev3SohrW9vxsUbiEBj+DuGCT+iQx6ZDu7M&#10;xotGQ3wk/M7JU+rxBcRhUiDzTP6Hz38AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAv9b3&#10;U4cCAACWBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;RgrW3toAAAAEAQAADwAAAAAAAAAAAAAAAADhBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAOgFAAAAAA==&#10;">
-[...1 lines deleted...]
-                <w10:anchorlock/>
+              <v:group style="width:501.85pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" id="docshapegroup30" coordorigin="0,0" coordsize="10037,10">
+                <v:rect style="position:absolute;left:0;top:0;width:10037;height:10" id="docshape31" filled="true" fillcolor="#000000" stroked="false">
+                  <v:fill type="solid"/>
+                </v:rect>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...175 lines deleted...]
-          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="2"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="10"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114" w:right="7828"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>AUTORS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>(po.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>signatura) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>TÍTOL</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="205" w:lineRule="exact" w:before="0"/>
+        <w:ind w:left="114" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Núm </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>SOL·LICITUD</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:pos="5778" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="182" w:lineRule="exact" w:before="0"/>
+        <w:ind w:left="114" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>PAÍS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>PRIORITAT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>DATA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>PRIORITAT</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="24"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>ENTITAT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>TITULAR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114" w:right="7635"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>PAÏSOS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>ALS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>QUALS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>S’HA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>ESTÉS EMPRESES QUE L’EXPLOTEN</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="86" w:right="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="2"/>
         </w:rPr>
         <mc:AlternateContent>
-          <mc:Choice Requires="wpg">
+          <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="1120" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
-[...10 lines deleted...]
-                <wp:docPr id="34" name="Group 34"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0">
+                <wp:extent cx="6373495" cy="6350"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="32" name="Group 32"/>
                 <wp:cNvGraphicFramePr>
-                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                  <a:graphicFrameLocks/>
                 </wp:cNvGraphicFramePr>
-                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
-                      <wpg:cNvGrpSpPr>
-[...2 lines deleted...]
-                      <wpg:grpSpPr bwMode="auto">
+                      <wpg:cNvPr id="32" name="Group 32"/>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6223000" cy="6350"/>
-[...1 lines deleted...]
-                          <a:chExt cx="9800" cy="10"/>
+                          <a:ext cx="6373495" cy="6350"/>
+                          <a:chExt cx="6373495" cy="6350"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
-                        <wps:cNvPr id="35" name="Line 41"/>
-[...3 lines deleted...]
-                        <wps:spPr bwMode="auto">
+                        <wps:cNvPr id="33" name="Graphic 33"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
                           <a:xfrm>
-                            <a:off x="881" y="240"/>
-                            <a:ext cx="3060" cy="0"/>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="6373495" cy="6350"/>
                           </a:xfrm>
-                          <a:prstGeom prst="line">
+                          <a:custGeom>
                             <a:avLst/>
-                          </a:prstGeom>
-[...16 lines deleted...]
-                          </a:extLst>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="6373495" h="6350">
+                                <a:moveTo>
+                                  <a:pt x="6373368" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="6108"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6373368" y="6108"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6373368" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
                         </wps:spPr>
-                        <wps:bodyPr/>
-[...11 lines deleted...]
-                          <a:prstGeom prst="line">
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
-                          </a:prstGeom>
-[...183 lines deleted...]
-                        <wps:bodyPr/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group style="width:501.85pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" id="docshapegroup32" coordorigin="0,0" coordsize="10037,10">
+                <v:rect style="position:absolute;left:0;top:0;width:10037;height:10" id="docshape33" filled="true" fillcolor="#000000" stroked="false">
+                  <v:fill type="solid"/>
+                </v:rect>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="2"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="20" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+        </w:rPr>
+        <w:sectPr>
+          <w:pgSz w:w="11910" w:h="16850"/>
+          <w:pgMar w:header="1065" w:footer="0" w:top="1300" w:bottom="280" w:left="850" w:right="850"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:right="6"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>ESTADES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>EN</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>CENTRES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ESTRANGERS</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:right="3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>(Estades</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>continuades</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>superiors</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>mesos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>en</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>els</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>últims</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>anys)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>CLAU:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="39"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Predoctoral,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="38"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Postdoctoral,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="38"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Invitat,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="38"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>C =</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Contractat,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Altres</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>(especifiqueu)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="160"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487601152">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>594359</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>262624</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6373495" cy="6350"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="35" name="Graphic 35"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="35" name="Graphic 35"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6373495" cy="6350"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="6350">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="29A2795F" id="Group 34" o:spid="_x0000_s1026" style="position:absolute;margin-left:43.8pt;margin-top:11.75pt;width:490pt;height:.5pt;z-index:1120;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="876,235" coordsize="9800,10" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBcQbJoQAMAANQVAAAOAAAAZHJzL2Uyb0RvYy54bWzsWG1vmzAQ/j5p/8Hie8prCKAm1RSSfum2&#10;Su1+gAPmRQMb2TSkmvbfd7ZJGtJGmzot0iTygdicfb577vFh3/XNrq7QlnBRMjo37CvLQIQmLC1p&#10;Pje+Pa4ngYFEi2mKK0bJ3HgmwrhZfPxw3TURcVjBqpRwBEqoiLpmbhRt20SmKZKC1FhcsYZQEGaM&#10;17iFLs/NlOMOtNeV6ViWb3aMpw1nCREC3sZaaCyU/iwjSfs1ywRpUTU3wLZWPbl6buTTXFzjKOe4&#10;KcqkNwO/w4oalxQWPaiKcYvREy9fqarLhDPBsvYqYbXJsqxMiPIBvLGtE29uOXtqlC951OXNASaA&#10;9gSnd6tNvmzvOSrTueF6BqK4hhipZRH0AZyuySMYc8ubh+aeaw+heceS7wLE5qlc9nM9GG26zywF&#10;ffipZQqcXcZrqQLcRjsVg+dDDMiuRQm89B3HtSwIVQIy3532IUoKiKOcFMx8A4HIcac6eEmx6qeG&#10;wX6erWaZONIrKit7q6RLQDXxgqb4OzQfCtwQFSQhkdqjOd2jeVdSgjxbg6mGLKlGMtnRHklE2bLA&#10;NCdK2eNzA6ipGWD50RTZERCG3yIbBLYGyevh26PrWn4P7RAhHDVctLeE1Ug25kYFVquY4e2daGWk&#10;X4bIEFK2LqtK7Z6Kog5CZYW+miBYVaZSKIcJnm+WFUdbLPef+kkgQNlgmFwzxqLQ45RIBxc2AE3V&#10;KgXB6apvt7isdBsUVVQuBA6CnX1L77wfoRWuglXgTTzHX008K44nn9ZLb+Kv7dk0duPlMrZ/Sptt&#10;LyrKNCVUmr3PArb3Z7zo85Hev4c8cMDHHGpXvoOx+39ltIqyDKwm54alz/dcwtRT9VKchZ2lM4Dm&#10;rKLIgIA4+necdUOn39mnpIXdrLLBSNmRsip7H6XZ2YCybnjRNOuG7hnKuo4PEvkJG0k7kvaUtHAm&#10;PsqzbnBR0s7sANaXJ6gxz45Hg1d3jjPH2XBI2dmFKRueo2zggWTMs+N59o07GOS3QZ71L0ra0HLP&#10;XMLG8+x4BcvfzrNQJxhQVtU4LnYFCy25/ptHA9+BL8CYZ/+3PKsqX1A6VOWGvswpa5PHfVVneCnG&#10;Ln4BAAD//wMAUEsDBBQABgAIAAAAIQDz7tXG3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;b4JAEIXvTfofNtOkt7qghRpkMca0PZkm1SaNtxFGILKzhF0B/32XUz3Oey9vvpeuR92InjpbG1YQ&#10;zgIQxLkpai4V/Bw+XpYgrEMusDFMCm5kYZ09PqSYFGbgb+r3rhS+hG2CCirn2kRKm1ek0c5MS+y9&#10;s+k0On92pSw6HHy5buQ8CGKpsWb/ocKWthXll/1VK/gccNgswvd+dzlvb8dD9PW7C0mp56dxswLh&#10;aHT/YZjwPTpknulkrlxY0ShYvsU+qWC+iEBMfhBPyskrrxHILJX3C7I/AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAFxBsmhAAwAA1BUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAPPu1cbfAAAACQEAAA8AAAAAAAAAAAAAAAAAmgUAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACmBgAAAAA=&#10;">
-[...8 lines deleted...]
-              </v:group>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:20.67906pt;width:501.84pt;height:.48pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15715328;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape35" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00605271" w:rsidRDefault="00605271">
-[...44 lines deleted...]
-          <w:sz w:val="17"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="220" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="72" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="nil"/>
-[...4 lines deleted...]
-          <w:insideV w:val="nil"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2069"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3775"/>
+        <w:gridCol w:w="1884"/>
+        <w:gridCol w:w="1711"/>
+        <w:gridCol w:w="1627"/>
+        <w:gridCol w:w="993"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00605271">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="236"/>
+          <w:trHeight w:val="412" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2069" w:type="dxa"/>
-[...43 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="1884" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="50" w:right="441"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>CENTRE</w:t>
             </w:r>
-          </w:p>
-[...24 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LOCALITAT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact" w:before="205"/>
+              <w:ind w:left="997"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ANY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact" w:before="205"/>
+              <w:ind w:left="403"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DURACIÓ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact" w:before="205"/>
+              <w:ind w:left="532"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CLAU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="216" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1884" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="197" w:lineRule="exact"/>
+              <w:ind w:left="50"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PAÍS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="216" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1884" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="197" w:lineRule="exact"/>
+              <w:ind w:left="50"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TEMA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00605271" w:rsidRDefault="00605271">
-[...1 lines deleted...]
-        <w:pStyle w:val="Textoindependiente"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00605271" w:rsidRDefault="00605271">
-[...1 lines deleted...]
-        <w:pStyle w:val="Textoindependiente"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="Textoindependiente"/>
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...29 lines deleted...]
-          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="1144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487601664">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>594360</wp:posOffset>
+                  <wp:posOffset>594359</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>150495</wp:posOffset>
+                  <wp:posOffset>161022</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6373495" cy="0"/>
-                <wp:effectExtent l="13335" t="12065" r="13970" b="6985"/>
+                <wp:extent cx="6373495" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="33" name="Line 33"/>
+                <wp:docPr id="36" name="Graphic 36"/>
                 <wp:cNvGraphicFramePr>
-                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                  <a:graphicFrameLocks/>
                 </wp:cNvGraphicFramePr>
-                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvCnPr>
-[...2 lines deleted...]
-                      <wps:spPr bwMode="auto">
+                      <wps:cNvPr id="36" name="Graphic 36"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6373495" cy="0"/>
+                          <a:ext cx="6373495" cy="9525"/>
                         </a:xfrm>
-                        <a:prstGeom prst="line">
+                        <a:custGeom>
                           <a:avLst/>
-                        </a:prstGeom>
-[...16 lines deleted...]
-                        </a:extLst>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="9525">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
                       </wps:spPr>
-                      <wps:bodyPr/>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="2A74FA11" id="Line 33" o:spid="_x0000_s1026" style="position:absolute;z-index:1144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="46.8pt,11.85pt" to="548.65pt,11.85pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAV5dpQHgIAAEMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+QxLIshARVlUCvWy7&#10;SLv9AGM7xKpjW7YhoKr/3rEDiG0vVVUOZpyZefNm5nn5dOokOnLrhFYlzsYpRlxRzYTal/jb22Y0&#10;x8h5ohiRWvESn7nDT6uPH5a9KfhEt1oybhGAKFf0psSt96ZIEkdb3hE31oYrcDbadsTD1e4TZkkP&#10;6J1MJmk6S3ptmbGacufgaz048SriNw2n/qVpHPdIlhi4+XjaeO7CmayWpNhbYlpBLzTIP7DoiFBQ&#10;9AZVE0/QwYo/oDpBrXa68WOqu0Q3jaA89gDdZOlv3by2xPDYCwzHmduY3P+DpV+PW4sEK/F0ipEi&#10;HezoWSiO4Aqz6Y0rIKRSWxu6oyf1ap41/e6Q0lVL1J5Hjm9nA3lZyEjepYSLM1Bh13/RDGLIwes4&#10;qFNjuwAJI0CnuI/zbR/85BGFj7Pp4zRfPGBEr76EFNdEY53/zHWHglFiCaQjMDk+Ox+IkOIaEuoo&#10;vRFSxnVLhfoSL7I8jwlOS8GCM4Q5u99V0qIjCYKJv9gVeO7DAnJNXDvERdcgJasPisUqLSdsfbE9&#10;EXKwgZVUoRD0CDwv1iCVH4t0sZ6v5/kon8zWozyt69GnTZWPZpvs8aGe1lVVZz8D5ywvWsEYV4H2&#10;VbZZ/neyuDygQXA34d7mk7xHj4MEstf/SDouOex1UMhOs/PWXpcPSo3Bl1cVnsL9Hez7t7/6BQAA&#10;//8DAFBLAwQUAAYACAAAACEAq4a9sNwAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KhDIyU0xKlQFS6IAwQ+YBsviUW8jmK3Cf16XHGgx9kZzbwtt4sdxJEmbxwruF8lIIhb&#10;pw13Cj4/nu8eQPiArHFwTAp+yMO2ur4qsdBu5nc6NqETsYR9gQr6EMZCSt/2ZNGv3EgcvS83WQxR&#10;Tp3UE86x3A5ynSSZtGg4LvQ40q6n9rs5WAXN2+ucvZxOc503Bn0Ipq/rnVK3N8vTI4hAS/gPwxk/&#10;okMVmfbuwNqLQcEmzWJSwTrNQZz9ZJOnIPZ/F1mV8vKD6hcAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQAV5dpQHgIAAEMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQCrhr2w3AAAAAkBAAAPAAAAAAAAAAAAAAAAAHgEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" strokeweight=".72pt">
-[...1 lines deleted...]
-              </v:line>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:12.678946pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15714816;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape36" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00605271" w:rsidRDefault="00605271">
-[...41 lines deleted...]
-        </w:rPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="220" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="72" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="nil"/>
-[...4 lines deleted...]
-          <w:insideV w:val="nil"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1937"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4357"/>
+        <w:gridCol w:w="1884"/>
+        <w:gridCol w:w="1711"/>
+        <w:gridCol w:w="1627"/>
+        <w:gridCol w:w="993"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00605271">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="239"/>
+          <w:trHeight w:val="412" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1937" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1884" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="50" w:right="441"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CENTRE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LOCALITAT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact" w:before="205"/>
+              <w:ind w:left="997"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ANY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact" w:before="205"/>
+              <w:ind w:left="403"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DURACIÓ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact" w:before="205"/>
+              <w:ind w:left="532"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CLAU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="217" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1884" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="198" w:lineRule="exact"/>
+              <w:ind w:left="50"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PAÍS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="217" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1884" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="197" w:lineRule="exact"/>
+              <w:ind w:left="50"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TEMA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00605271" w:rsidRDefault="00605271">
-[...1 lines deleted...]
-        <w:pStyle w:val="Textoindependiente"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="227"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="Textoindependiente"/>
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...53 lines deleted...]
-          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="1168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487602176">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>594360</wp:posOffset>
+                  <wp:posOffset>594359</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>150495</wp:posOffset>
+                  <wp:posOffset>305442</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6373495" cy="0"/>
-                <wp:effectExtent l="13335" t="8890" r="13970" b="10160"/>
+                <wp:extent cx="6373495" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="32" name="Line 32"/>
+                <wp:docPr id="37" name="Graphic 37"/>
                 <wp:cNvGraphicFramePr>
-                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                  <a:graphicFrameLocks/>
                 </wp:cNvGraphicFramePr>
-                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvCnPr>
-[...2 lines deleted...]
-                      <wps:spPr bwMode="auto">
+                      <wps:cNvPr id="37" name="Graphic 37"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6373495" cy="0"/>
+                          <a:ext cx="6373495" cy="9525"/>
                         </a:xfrm>
-                        <a:prstGeom prst="line">
+                        <a:custGeom>
                           <a:avLst/>
-                        </a:prstGeom>
-[...16 lines deleted...]
-                        </a:extLst>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="9525">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
                       </wps:spPr>
-                      <wps:bodyPr/>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="2C2251C9" id="Line 32" o:spid="_x0000_s1026" style="position:absolute;z-index:1168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="46.8pt,11.85pt" to="548.65pt,11.85pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBosSaTHgIAAEMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+QxLIshARVlUCvWy7&#10;SLv9AGM7xKpjW7YhoKr/3rEDiG0vVVUOZpyZefNm5nn5dOokOnLrhFYlzsYpRlxRzYTal/jb22Y0&#10;x8h5ohiRWvESn7nDT6uPH5a9KfhEt1oybhGAKFf0psSt96ZIEkdb3hE31oYrcDbadsTD1e4TZkkP&#10;6J1MJmk6S3ptmbGacufgaz048SriNw2n/qVpHPdIlhi4+XjaeO7CmayWpNhbYlpBLzTIP7DoiFBQ&#10;9AZVE0/QwYo/oDpBrXa68WOqu0Q3jaA89gDdZOlv3by2xPDYCwzHmduY3P+DpV+PW4sEK/F0gpEi&#10;HezoWSiO4Aqz6Y0rIKRSWxu6oyf1ap41/e6Q0lVL1J5Hjm9nA3lZyEjepYSLM1Bh13/RDGLIwes4&#10;qFNjuwAJI0CnuI/zbR/85BGFj7Pp4zRfPGBEr76EFNdEY53/zHWHglFiCaQjMDk+Ox+IkOIaEuoo&#10;vRFSxnVLhfoSL7I8jwlOS8GCM4Q5u99V0qIjCYKJv9gVeO7DAnJNXDvERdcgJasPisUqLSdsfbE9&#10;EXKwgZVUoRD0CDwv1iCVH4t0sZ6v5/kon8zWozyt69GnTZWPZpvs8aGe1lVVZz8D5ywvWsEYV4H2&#10;VbZZ/neyuDygQXA34d7mk7xHj4MEstf/SDouOex1UMhOs/PWXpcPSo3Bl1cVnsL9Hez7t7/6BQAA&#10;//8DAFBLAwQUAAYACAAAACEAq4a9sNwAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KhDIyU0xKlQFS6IAwQ+YBsviUW8jmK3Cf16XHGgx9kZzbwtt4sdxJEmbxwruF8lIIhb&#10;pw13Cj4/nu8eQPiArHFwTAp+yMO2ur4qsdBu5nc6NqETsYR9gQr6EMZCSt/2ZNGv3EgcvS83WQxR&#10;Tp3UE86x3A5ynSSZtGg4LvQ40q6n9rs5WAXN2+ucvZxOc503Bn0Ipq/rnVK3N8vTI4hAS/gPwxk/&#10;okMVmfbuwNqLQcEmzWJSwTrNQZz9ZJOnIPZ/F1mV8vKD6hcAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQBosSaTHgIAAEMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQCrhr2w3AAAAAkBAAAPAAAAAAAAAAAAAAAAAHgEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" strokeweight=".72pt">
-[...1 lines deleted...]
-              </v:line>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:24.050554pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15714304;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape37" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00605271" w:rsidRDefault="00605271">
-[...33 lines deleted...]
-        <w:pStyle w:val="Textoindependiente"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="93" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1863"/>
+        <w:gridCol w:w="1711"/>
+        <w:gridCol w:w="1627"/>
+        <w:gridCol w:w="4838"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="412" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="28" w:right="442"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CENTRE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LOCALITAT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact" w:before="205"/>
+              <w:ind w:right="402"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ANY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact" w:before="205"/>
+              <w:ind w:left="403"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DURACIÓ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact" w:before="205"/>
+              <w:ind w:left="532"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CLAU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="217" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="198" w:lineRule="exact"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PAÍS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="465" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TEMA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="412" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact" w:before="205"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CENTRE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="207" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="188" w:lineRule="exact"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LOCALITAT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="188" w:lineRule="exact"/>
+              <w:ind w:right="402"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ANY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="188" w:lineRule="exact"/>
+              <w:ind w:left="403"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DURACIÓ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="188" w:lineRule="exact"/>
+              <w:ind w:left="532"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CLAU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="218" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="197" w:lineRule="exact" w:before="1"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PAÍS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="466" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="217" w:lineRule="exact"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TEMA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="412" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact" w:before="205"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CENTRE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="206" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="186" w:lineRule="exact"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LOCALITAT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="186" w:lineRule="exact"/>
+              <w:ind w:right="402"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ANY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="186" w:lineRule="exact"/>
+              <w:ind w:left="403"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DURACIÓ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="186" w:lineRule="exact"/>
+              <w:ind w:left="532"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CLAU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="216" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="197" w:lineRule="exact"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PAÍS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="467" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="217" w:lineRule="exact"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TEMA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="412" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact" w:before="205"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CENTRE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="206" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="186" w:lineRule="exact"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LOCALITAT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="186" w:lineRule="exact"/>
+              <w:ind w:right="402"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ANY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="186" w:lineRule="exact"/>
+              <w:ind w:left="403"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DURACIÓ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="186" w:lineRule="exact"/>
+              <w:ind w:left="532"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CLAU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="217" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="198" w:lineRule="exact"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PAÍS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="468" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TEMA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="412" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact" w:before="205"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CENTRE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="206" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="186" w:lineRule="exact"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LOCALITAT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="186" w:lineRule="exact"/>
+              <w:ind w:right="402"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ANY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="186" w:lineRule="exact"/>
+              <w:ind w:left="403"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DURACIÓ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="186" w:lineRule="exact"/>
+              <w:ind w:left="532"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CLAU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="216" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="197" w:lineRule="exact"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PAÍS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="467" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="217" w:lineRule="exact"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TEMA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="412" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact" w:before="205"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CENTRE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="206" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="186" w:lineRule="exact"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LOCALITAT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="186" w:lineRule="exact"/>
+              <w:ind w:right="402"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ANY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="186" w:lineRule="exact"/>
+              <w:ind w:left="403"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DURACIÓ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="186" w:lineRule="exact"/>
+              <w:ind w:left="532"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CLAU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="217" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="198" w:lineRule="exact"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PAÍS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="468" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TEMA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="412" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="187" w:lineRule="exact" w:before="205"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CENTRE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="206" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="186" w:lineRule="exact"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LOCALITAT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="186" w:lineRule="exact"/>
+              <w:ind w:right="402"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ANY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="186" w:lineRule="exact"/>
+              <w:ind w:left="403"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DURACIÓ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="186" w:lineRule="exact"/>
+              <w:ind w:left="532"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CLAU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="216" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="197" w:lineRule="exact"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PAÍS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="216" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="197" w:lineRule="exact"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TEMA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1711" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00605271" w:rsidRDefault="00F2640A">
-[...134 lines deleted...]
-        <w:pStyle w:val="Textoindependiente"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00605271" w:rsidRDefault="00605271">
-[...1 lines deleted...]
-        <w:pStyle w:val="Textoindependiente"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="10"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="Textoindependiente"/>
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...150 lines deleted...]
-          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="1192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487602688">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>594360</wp:posOffset>
+                  <wp:posOffset>594359</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>166370</wp:posOffset>
+                  <wp:posOffset>167317</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6373495" cy="0"/>
-                <wp:effectExtent l="13335" t="6350" r="13970" b="12700"/>
+                <wp:extent cx="6373495" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="31" name="Line 31"/>
+                <wp:docPr id="38" name="Graphic 38"/>
                 <wp:cNvGraphicFramePr>
-                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                  <a:graphicFrameLocks/>
                 </wp:cNvGraphicFramePr>
-                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvCnPr>
-[...2 lines deleted...]
-                      <wps:spPr bwMode="auto">
+                      <wps:cNvPr id="38" name="Graphic 38"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6373495" cy="0"/>
+                          <a:ext cx="6373495" cy="9525"/>
                         </a:xfrm>
-                        <a:prstGeom prst="line">
+                        <a:custGeom>
                           <a:avLst/>
-                        </a:prstGeom>
-[...16 lines deleted...]
-                        </a:extLst>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="9525">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
                       </wps:spPr>
-                      <wps:bodyPr/>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="58495FC4" id="Line 31" o:spid="_x0000_s1026" style="position:absolute;z-index:1192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="46.8pt,13.1pt" to="548.65pt,13.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCuS1MMIAIAAEMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+QxLIshARVlUCvWy7&#10;SLv9AGM7xKpjW7YhoKr/3rEDtLSXqmoOju2ZefNm5nn5dOokOnLrhFYlzsYpRlxRzYTal/jL22Y0&#10;x8h5ohiRWvESn7nDT6v375a9KfhEt1oybhGAKFf0psSt96ZIEkdb3hE31oYrMDbadsTD0e4TZkkP&#10;6J1MJmk6S3ptmbGacufgth6MeBXxm4ZT/9I0jnskSwzcfFxtXHdhTVZLUuwtMa2gFxrkH1h0RChI&#10;eoOqiSfoYMUfUJ2gVjvd+DHVXaKbRlAea4BqsvS3al5bYnisBZrjzK1N7v/B0s/HrUWClXiaYaRI&#10;BzN6FoojOEJveuMKcKnU1obq6Em9mmdNvzqkdNUSteeR49vZQFyMSO5CwsEZyLDrP2kGPuTgdWzU&#10;qbFdgIQWoFOcx/k2D37yiMLlbPo4zRcPGNGrLSHFNdBY5z9y3aGwKbEE0hGYHJ+dB+rgenUJeZTe&#10;CCnjuKVCfYkXWZ7HAKelYMEY3Jzd7ypp0ZEEwcQv9AHA7twCck1cO/hF0yAlqw+KxSwtJ2x92Xsi&#10;5LAHIKlCIqgReF52g1S+LdLFer6e56N8MluP8rSuRx82VT6abbLHh3paV1WdfQ+cs7xoBWNcBdpX&#10;2Wb538ni8oAGwd2Ee+tPco8eawey138kHYcc5jooZKfZeWtDm8K8QanR+fKqwlP49Ry9fr791Q8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHmiad3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcqEMqpTTEqVAVLogDBD5gG28Tq/E6it0m9OtxxYEeZ2c087bYzLYXJxq9cazgcZGA&#10;IG6cNtwq+P56fXgC4QOyxt4xKfghD5vy9qbAXLuJP+lUh1bEEvY5KuhCGHIpfdORRb9wA3H09m60&#10;GKIcW6lHnGK57WWaJJm0aDgudDjQtqPmUB+tgvrjfcrezuepWtUGfQimq6qtUvd388sziEBz+A/D&#10;BT+iQxmZdu7I2otewXqZxaSCNEtBXPxkvVqC2P1dZFnI6w/KXwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCuS1MMIAIAAEMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAHmiad3QAAAAkBAAAPAAAAAAAAAAAAAAAAAHoEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" strokeweight=".72pt">
-[...1 lines deleted...]
-              </v:line>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:13.174609pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15713792;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape38" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00605271" w:rsidRPr="000E7DF4" w:rsidRDefault="00605271">
-[...43 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sectPr>
+          <w:headerReference w:type="default" r:id="rId9"/>
+          <w:pgSz w:w="11910" w:h="16850"/>
+          <w:pgMar w:header="1065" w:footer="0" w:top="1260" w:bottom="280" w:left="850" w:right="850"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="es-ES"/>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+        </w:rPr>
+        <w:t>CONGRESSOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>(Indiqueu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>fins</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>màxim</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="es-ES"/>
-[...41 lines deleted...]
-          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>contribucions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>produïdes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>en</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>els</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>últims</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>anys)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="9" w:after="1"/>
+        <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="es-ES"/>
-[...17 lines deleted...]
-          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="93" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3042"/>
+        <w:gridCol w:w="2993"/>
+        <w:gridCol w:w="4003"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="362" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3042" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="16"/>
+              <w:ind w:right="1072"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Nacional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="1073"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>internacional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1252" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="116"/>
+              <w:ind w:left="28" w:right="2382"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>AUTORS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TÍTOL</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="28" w:right="1074"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TIPUS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PARTICIPACIÓ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CONGRÉS</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PUBLICACIÓ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="740" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3042" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="28" w:right="1074"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LLOC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>REALITZACIÓ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ANY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="360" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3042" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="13"/>
+              <w:ind w:right="1072"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Nacional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="13"/>
+              <w:ind w:left="1073"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>internacional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1252" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="116"/>
+              <w:ind w:left="28" w:right="2382"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>AUTORS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TÍTOL</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="28" w:right="1074"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TIPUS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PARTICIPACIÓ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CONGRÉS</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PUBLICACIÓ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="974" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3042" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="28" w:right="1074"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LLOC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>REALITZACIÓ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ANY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="362" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3042" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="16"/>
+              <w:ind w:right="1072"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Nacional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="1073"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>internacional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1252" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="116"/>
+              <w:ind w:left="28" w:right="2382"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>AUTORS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TÍTOL</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="28" w:right="1074"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TIPUS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PARTICIPACIÓ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CONGRÉS</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PUBLICACIÓ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="764" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3042" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto" w:before="102"/>
+              <w:ind w:left="28" w:right="1074"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LLOC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>REALITZACIÓ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ANY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="360" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3042" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="13"/>
+              <w:ind w:right="1072"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Nacional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="13"/>
+              <w:ind w:left="1073"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>internacional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1252" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="116"/>
+              <w:ind w:left="28" w:right="2382"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>AUTORS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TÍTOL</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="28" w:right="1074"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TIPUS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PARTICIPACIÓ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CONGRÉS</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PUBLICACIÓ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="762" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3042" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="28" w:right="1074"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LLOC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>REALITZACIÓ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ANY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="360" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3042" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="13"/>
+              <w:ind w:right="1072"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Nacional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="13"/>
+              <w:ind w:left="1073"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>internacional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1252" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="116"/>
+              <w:ind w:left="28" w:right="2382"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>AUTORS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TÍTOL</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="28" w:right="1074"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TIPUS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PARTICIPACIÓ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CONGRÉS</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PUBLICACIÓ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="515" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="200" w:lineRule="atLeast" w:before="82"/>
+              <w:ind w:left="28" w:right="1074"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>LLOC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>REALITZACIÓ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ANY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4003" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="17"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="1216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487603200">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>594360</wp:posOffset>
+                  <wp:posOffset>594359</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>154940</wp:posOffset>
+                  <wp:posOffset>145458</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6373495" cy="0"/>
-                <wp:effectExtent l="13335" t="9525" r="13970" b="9525"/>
+                <wp:extent cx="6373495" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="30" name="Line 30"/>
+                <wp:docPr id="39" name="Graphic 39"/>
                 <wp:cNvGraphicFramePr>
-                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                  <a:graphicFrameLocks/>
                 </wp:cNvGraphicFramePr>
-                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvCnPr>
-[...2 lines deleted...]
-                      <wps:spPr bwMode="auto">
+                      <wps:cNvPr id="39" name="Graphic 39"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6373495" cy="0"/>
+                          <a:ext cx="6373495" cy="9525"/>
                         </a:xfrm>
-                        <a:prstGeom prst="line">
+                        <a:custGeom>
                           <a:avLst/>
-                        </a:prstGeom>
-[...16 lines deleted...]
-                        </a:extLst>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="9525">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
                       </wps:spPr>
-                      <wps:bodyPr/>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="19BA6B33" id="Line 30" o:spid="_x0000_s1026" style="position:absolute;z-index:1216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="46.8pt,12.2pt" to="548.65pt,12.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTH6/PHgIAAEMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+QxLIshARVlUCvWy7&#10;SLv9AGM7xKpjW7YhoKr/3rEDiG0vVVUOZpyZefNm5nn5dOokOnLrhFYlzsYpRlxRzYTal/jb22Y0&#10;x8h5ohiRWvESn7nDT6uPH5a9KfhEt1oybhGAKFf0psSt96ZIEkdb3hE31oYrcDbadsTD1e4TZkkP&#10;6J1MJmk6S3ptmbGacufgaz048SriNw2n/qVpHPdIlhi4+XjaeO7CmayWpNhbYlpBLzTIP7DoiFBQ&#10;9AZVE0/QwYo/oDpBrXa68WOqu0Q3jaA89gDdZOlv3by2xPDYCwzHmduY3P+DpV+PW4sEK/EUxqNI&#10;Bzt6FoojuMJseuMKCKnU1obu6Em9mmdNvzukdNUSteeR49vZQF4WMpJ3KeHiDFTY9V80gxhy8DoO&#10;6tTYLkDCCNAp7uN82wc/eUTh42z6OM0XDxjRqy8hxTXRWOc/c92hYJRYAukITI7PzgcipLiGhDpK&#10;b4SUcd1Sob7EiyzPY4LTUrDgDGHO7neVtOhIgmDiL3YFnvuwgFwT1w5x0TVIyeqDYrFKywlbX2xP&#10;hBxsYCVVKAQ9As+LNUjlxyJdrOfreT7KJ7P1KE/revRpU+Wj2SZ7fKindVXV2c/AOcuLVjDGVaB9&#10;lW2W/50sLg9oENxNuLf5JO/R4yCB7PU/ko5LDnsdFLLT7Ly11+WDUmPw5VWFp3B/B/v+7a9+AQAA&#10;//8DAFBLAwQUAAYACAAAACEA3WSWvt0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KhDW6U0jVOhKlwQBwh8wDbeJhbxOordJvTrccWBHmdnNPM23062EycavHGs4HGWgCCu&#10;nTbcKPj6fHl4AuEDssbOMSn4IQ/b4vYmx0y7kT/oVIVGxBL2GSpoQ+gzKX3dkkU/cz1x9A5usBii&#10;HBqpBxxjue3kPElSadFwXGixp11L9Xd1tAqq97cxfT2fx3JVGfQhmLYsd0rd303PGxCBpvAfhgt+&#10;RIciMu3dkbUXnYL1Io1JBfPlEsTFT9arBYj930UWubz+oPgFAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA0x+vzx4CAABDBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA3WSWvt0AAAAJAQAADwAAAAAAAAAAAAAAAAB4BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" strokeweight=".72pt">
-[...1 lines deleted...]
-              </v:line>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:11.453418pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15713280;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape39" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00605271" w:rsidRPr="000E7DF4" w:rsidRDefault="00605271">
-[...44 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+        <w:sectPr>
+          <w:pgSz w:w="11910" w:h="16850"/>
+          <w:pgMar w:header="1065" w:footer="0" w:top="1300" w:bottom="280" w:left="850" w:right="850"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>TESIS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>DOCTORALS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="es-ES"/>
-[...72 lines deleted...]
-          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>DIRIGIDES</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>(Referides</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>als</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>últims</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>anys)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="211"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="1240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487603712">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>594360</wp:posOffset>
+                  <wp:posOffset>594359</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>163830</wp:posOffset>
+                  <wp:posOffset>295216</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6373495" cy="0"/>
-                <wp:effectExtent l="13335" t="13335" r="13970" b="5715"/>
+                <wp:extent cx="6373495" cy="6350"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="29" name="Line 29"/>
+                <wp:docPr id="40" name="Graphic 40"/>
                 <wp:cNvGraphicFramePr>
-                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                  <a:graphicFrameLocks/>
                 </wp:cNvGraphicFramePr>
-                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvCnPr>
-[...2 lines deleted...]
-                      <wps:spPr bwMode="auto">
+                      <wps:cNvPr id="40" name="Graphic 40"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6373495" cy="0"/>
+                          <a:ext cx="6373495" cy="6350"/>
                         </a:xfrm>
-                        <a:prstGeom prst="line">
+                        <a:custGeom>
                           <a:avLst/>
-                        </a:prstGeom>
-[...16 lines deleted...]
-                        </a:extLst>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="6350">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="6096"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
                       </wps:spPr>
-                      <wps:bodyPr/>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="749D2FB2" id="Line 29" o:spid="_x0000_s1026" style="position:absolute;z-index:1240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="46.8pt,12.9pt" to="548.65pt,12.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDWBnOLHgIAAEMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+QxLIshARVlUCvWy7&#10;SLv9AGM7xKpjW7YhoKr/3rEDiG0vVVUOZpyZefNm5nn5dOokOnLrhFYlzsYpRlxRzYTal/jb22Y0&#10;x8h5ohiRWvESn7nDT6uPH5a9KfhEt1oybhGAKFf0psSt96ZIEkdb3hE31oYrcDbadsTD1e4TZkkP&#10;6J1MJmk6S3ptmbGacufgaz048SriNw2n/qVpHPdIlhi4+XjaeO7CmayWpNhbYlpBLzTIP7DoiFBQ&#10;9AZVE0/QwYo/oDpBrXa68WOqu0Q3jaA89gDdZOlv3by2xPDYCwzHmduY3P+DpV+PW4sEK/FkgZEi&#10;HezoWSiO4Aqz6Y0rIKRSWxu6oyf1ap41/e6Q0lVL1J5Hjm9nA3lZyEjepYSLM1Bh13/RDGLIwes4&#10;qFNjuwAJI0CnuI/zbR/85BGFj7Pp4zRfPGBEr76EFNdEY53/zHWHglFiCaQjMDk+Ox+IkOIaEuoo&#10;vRFSxnVLhfoSL7I8jwlOS8GCM4Q5u99V0qIjCYKJv9gVeO7DAnJNXDvERdcgJasPisUqLSdsfbE9&#10;EXKwgZVUoRD0CDwv1iCVH4t0sZ6v5/kon8zWozyt69GnTZWPZpvs8aGe1lVVZz8D5ywvWsEYV4H2&#10;VbZZ/neyuDygQXA34d7mk7xHj4MEstf/SDouOex1UMhOs/PWXpcPSo3Bl1cVnsL9Hez7t7/6BQAA&#10;//8DAFBLAwQUAAYACAAAACEA30lFBNwAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KhDK1Ia4lSoChfEAQIfsI2X2CJeR7HbhH49rjjAcWdGs2/K7ex6caQxWM8KbhcZCOLW&#10;a8udgo/3p5t7ECEia+w9k4JvCrCtLi9KLLSf+I2OTexEKuFQoAIT41BIGVpDDsPCD8TJ+/Sjw5jO&#10;sZN6xCmVu14usyyXDi2nDwYH2hlqv5qDU9C8vkz58+k01evGYojRmrreKXV9NT8+gIg0x78wnPET&#10;OlSJae8PrIPoFWxWeUoqWN6lBWc/26xXIPa/iqxK+X9B9QMAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQDWBnOLHgIAAEMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDfSUUE3AAAAAkBAAAPAAAAAAAAAAAAAAAAAHgEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" strokeweight=".72pt">
-[...1 lines deleted...]
-              </v:line>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:23.245428pt;width:501.84pt;height:.48pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15712768;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape40" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00605271" w:rsidRPr="000E7DF4" w:rsidRDefault="00605271">
-[...29 lines deleted...]
-        <w:pStyle w:val="Textoindependiente"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="18"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>TÍTOL</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="114" w:right="8191"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>DOCTORAND</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t> UNIVERSITAT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>CENTRE </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>FACULTAT/ESCOLA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3684"/>
+          <w:tab w:pos="4362" w:val="left" w:leader="none"/>
         </w:tabs>
-        <w:ind w:left="144"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+        <w:spacing w:line="206" w:lineRule="exact"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>ANY</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="es-ES"/>
-[...84 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t>QUALIFICACIÓ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="410" w:lineRule="atLeast" w:before="63"/>
+        <w:ind w:left="114" w:right="8767"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="1264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15745024">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>594360</wp:posOffset>
+                  <wp:posOffset>594359</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>154940</wp:posOffset>
+                  <wp:posOffset>160395</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6373495" cy="0"/>
-[...2 lines deleted...]
-                <wp:docPr id="28" name="Line 28"/>
+                <wp:extent cx="6373495" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="41" name="Graphic 41"/>
                 <wp:cNvGraphicFramePr>
-                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                  <a:graphicFrameLocks/>
                 </wp:cNvGraphicFramePr>
-                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvCnPr>
-[...2 lines deleted...]
-                      <wps:spPr bwMode="auto">
+                      <wps:cNvPr id="41" name="Graphic 41"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6373495" cy="0"/>
+                          <a:ext cx="6373495" cy="9525"/>
                         </a:xfrm>
-                        <a:prstGeom prst="line">
+                        <a:custGeom>
                           <a:avLst/>
-                        </a:prstGeom>
-[...16 lines deleted...]
-                        </a:extLst>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="9525">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
                       </wps:spPr>
-                      <wps:bodyPr/>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="67278E19" id="Line 28" o:spid="_x0000_s1026" style="position:absolute;z-index:1264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="46.8pt,12.2pt" to="548.65pt,12.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrUo9IHgIAAEMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+QxLIshARVlUCvWy7&#10;SLv9AGM7xKpjW7YhoKr/3rEDiG0vVVUOZpyZefNm5nn5dOokOnLrhFYlzsYpRlxRzYTal/jb22Y0&#10;x8h5ohiRWvESn7nDT6uPH5a9KfhEt1oybhGAKFf0psSt96ZIEkdb3hE31oYrcDbadsTD1e4TZkkP&#10;6J1MJmk6S3ptmbGacufgaz048SriNw2n/qVpHPdIlhi4+XjaeO7CmayWpNhbYlpBLzTIP7DoiFBQ&#10;9AZVE0/QwYo/oDpBrXa68WOqu0Q3jaA89gDdZOlv3by2xPDYCwzHmduY3P+DpV+PW4sEK/EENqVI&#10;Bzt6FoojuMJseuMKCKnU1obu6Em9mmdNvzukdNUSteeR49vZQF4WMpJ3KeHiDFTY9V80gxhy8DoO&#10;6tTYLkDCCNAp7uN82wc/eUTh42z6OM0XDxjRqy8hxTXRWOc/c92hYJRYAukITI7PzgcipLiGhDpK&#10;b4SUcd1Sob7EiyzPY4LTUrDgDGHO7neVtOhIgmDiL3YFnvuwgFwT1w5x0TVIyeqDYrFKywlbX2xP&#10;hBxsYCVVKAQ9As+LNUjlxyJdrOfreT7KJ7P1KE/revRpU+Wj2SZ7fKindVXV2c/AOcuLVjDGVaB9&#10;lW2W/50sLg9oENxNuLf5JO/R4yCB7PU/ko5LDnsdFLLT7Ly11+WDUmPw5VWFp3B/B/v+7a9+AQAA&#10;//8DAFBLAwQUAAYACAAAACEA3WSWvt0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KhDW6U0jVOhKlwQBwh8wDbeJhbxOordJvTrccWBHmdnNPM23062EycavHGs4HGWgCCu&#10;nTbcKPj6fHl4AuEDssbOMSn4IQ/b4vYmx0y7kT/oVIVGxBL2GSpoQ+gzKX3dkkU/cz1x9A5usBii&#10;HBqpBxxjue3kPElSadFwXGixp11L9Xd1tAqq97cxfT2fx3JVGfQhmLYsd0rd303PGxCBpvAfhgt+&#10;RIciMu3dkbUXnYL1Io1JBfPlEsTFT9arBYj930UWubz+oPgFAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAq1KPSB4CAABDBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA3WSWvt0AAAAJAQAADwAAAAAAAAAAAAAAAAB4BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" strokeweight=".72pt">
-[...1 lines deleted...]
-              </v:line>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:12.62956pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15745024" id="docshape41" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...30 lines deleted...]
-        <w:pStyle w:val="Textoindependiente"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>TÍTOL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>DOCTORAND</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="114" w:right="7635"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>UNIVERSITAT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>CENTRE </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>FACULTAT/ESCOLA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3684"/>
+          <w:tab w:pos="4362" w:val="left" w:leader="none"/>
         </w:tabs>
-        <w:ind w:left="144"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>ANY</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="es-ES"/>
-[...73 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t>QUALIFICACIÓ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="410" w:lineRule="atLeast" w:before="39"/>
+        <w:ind w:left="114" w:right="8767"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="1288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15745536">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>594360</wp:posOffset>
+                  <wp:posOffset>594359</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>163830</wp:posOffset>
+                  <wp:posOffset>145264</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6373495" cy="0"/>
-[...2 lines deleted...]
-                <wp:docPr id="27" name="Line 27"/>
+                <wp:extent cx="6373495" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="42" name="Graphic 42"/>
                 <wp:cNvGraphicFramePr>
-                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                  <a:graphicFrameLocks/>
                 </wp:cNvGraphicFramePr>
-                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvCnPr>
-[...2 lines deleted...]
-                      <wps:spPr bwMode="auto">
+                      <wps:cNvPr id="42" name="Graphic 42"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6373495" cy="0"/>
+                          <a:ext cx="6373495" cy="9525"/>
                         </a:xfrm>
-                        <a:prstGeom prst="line">
+                        <a:custGeom>
                           <a:avLst/>
-                        </a:prstGeom>
-[...16 lines deleted...]
-                        </a:extLst>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="9525">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
                       </wps:spPr>
-                      <wps:bodyPr/>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="65C108E0" id="Line 27" o:spid="_x0000_s1026" style="position:absolute;z-index:1288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="46.8pt,12.9pt" to="548.65pt,12.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC2Sb7HHgIAAEMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8hxDI8hERVhWBXmgX&#10;abc/wNgOserYlm0IqOp/79ghiG0vVVUOZpyZefNm5nn5fGkkOnPrhFYFTocjjLiimgl1LPC3t+1g&#10;jpHzRDEiteIFvnKHn1cfPyxbk/OxrrVk3CIAUS5vTYFr702eJI7WvCFuqA1X4Ky0bYiHqz0mzJIW&#10;0BuZjEejadJqy4zVlDsHX8vOiVcRv6o49S9V5bhHssDAzcfTxvMQzmS1JPnRElMLeqNB/oFFQ4SC&#10;oneokniCTlb8AdUIarXTlR9S3SS6qgTlsQfoJh391s1rTQyPvcBwnLmPyf0/WPr1vLdIsAKPZxgp&#10;0sCOdkJxBFeYTWtcDiFrtbehO3pRr2an6XeHlF7XRB155Ph2NZCXhozkXUq4OAMVDu0XzSCGnLyO&#10;g7pUtgmQMAJ0ifu43vfBLx5R+DidzCbZ4gkj2vsSkveJxjr/mesGBaPAEkhHYHLeOR+IkLwPCXWU&#10;3gop47qlQm2BF2mWxQSnpWDBGcKcPR7W0qIzCYKJv9gVeB7DAnJJXN3FRVcnJatPisUqNSdsc7M9&#10;EbKzgZVUoRD0CDxvVieVH4vRYjPfzLNBNp5uBtmoLAeftutsMN2ms6dyUq7XZfozcE6zvBaMcRVo&#10;97JNs7+Txe0BdYK7C/c+n+Q9ehwkkO3/I+m45LDXTiEHza572y8flBqDb68qPIXHO9iPb3/1CwAA&#10;//8DAFBLAwQUAAYACAAAACEA30lFBNwAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KhDK1Ia4lSoChfEAQIfsI2X2CJeR7HbhH49rjjAcWdGs2/K7ex6caQxWM8KbhcZCOLW&#10;a8udgo/3p5t7ECEia+w9k4JvCrCtLi9KLLSf+I2OTexEKuFQoAIT41BIGVpDDsPCD8TJ+/Sjw5jO&#10;sZN6xCmVu14usyyXDi2nDwYH2hlqv5qDU9C8vkz58+k01evGYojRmrreKXV9NT8+gIg0x78wnPET&#10;OlSJae8PrIPoFWxWeUoqWN6lBWc/26xXIPa/iqxK+X9B9QMAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQC2Sb7HHgIAAEMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDfSUUE3AAAAAkBAAAPAAAAAAAAAAAAAAAAAHgEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" strokeweight=".72pt">
-[...1 lines deleted...]
-              </v:line>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:11.438115pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15745536" id="docshape42" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...30 lines deleted...]
-        <w:pStyle w:val="Textoindependiente"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>TÍTOL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>DOCTORAND</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="3"/>
+        <w:ind w:left="114" w:right="7635"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>UNIVERSITAT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>CENTRE </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>FACULTAT/ESCOLA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3684"/>
+          <w:tab w:pos="4362" w:val="left" w:leader="none"/>
         </w:tabs>
-        <w:ind w:left="144"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>ANY</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="es-ES"/>
-[...73 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t>QUALIFICACIÓ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="410" w:lineRule="atLeast" w:before="60"/>
+        <w:ind w:left="114" w:right="8767"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="1312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15746048">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>594360</wp:posOffset>
+                  <wp:posOffset>594359</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>163830</wp:posOffset>
+                  <wp:posOffset>158453</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6373495" cy="0"/>
-[...2 lines deleted...]
-                <wp:docPr id="26" name="Line 26"/>
+                <wp:extent cx="6373495" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="43" name="Graphic 43"/>
                 <wp:cNvGraphicFramePr>
-                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                  <a:graphicFrameLocks/>
                 </wp:cNvGraphicFramePr>
-                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvCnPr>
-[...2 lines deleted...]
-                      <wps:spPr bwMode="auto">
+                      <wps:cNvPr id="43" name="Graphic 43"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6373495" cy="0"/>
+                          <a:ext cx="6373495" cy="9525"/>
                         </a:xfrm>
-                        <a:prstGeom prst="line">
+                        <a:custGeom>
                           <a:avLst/>
-                        </a:prstGeom>
-[...16 lines deleted...]
-                        </a:extLst>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="9525">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
                       </wps:spPr>
-                      <wps:bodyPr/>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="6ED0834D" id="Line 26" o:spid="_x0000_s1026" style="position:absolute;z-index:1312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="46.8pt,12.9pt" to="548.65pt,12.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLHUIEHgIAAEMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+QxLIshARVlUCvWy7&#10;SLv9AGM7xKpjW7YhoKr/3rEDiG0vVVUOZpyZefNm5nn5dOokOnLrhFYlzsYpRlxRzYTal/jb22Y0&#10;x8h5ohiRWvESn7nDT6uPH5a9KfhEt1oybhGAKFf0psSt96ZIEkdb3hE31oYrcDbadsTD1e4TZkkP&#10;6J1MJmk6S3ptmbGacufgaz048SriNw2n/qVpHPdIlhi4+XjaeO7CmayWpNhbYlpBLzTIP7DoiFBQ&#10;9AZVE0/QwYo/oDpBrXa68WOqu0Q3jaA89gDdZOlv3by2xPDYCwzHmduY3P+DpV+PW4sEK/FkhpEi&#10;HezoWSiO4Aqz6Y0rIKRSWxu6oyf1ap41/e6Q0lVL1J5Hjm9nA3lZyEjepYSLM1Bh13/RDGLIwes4&#10;qFNjuwAJI0CnuI/zbR/85BGFj7Pp4zRfPGBEr76EFNdEY53/zHWHglFiCaQjMDk+Ox+IkOIaEuoo&#10;vRFSxnVLhfoSL7I8jwlOS8GCM4Q5u99V0qIjCYKJv9gVeO7DAnJNXDvERdcgJasPisUqLSdsfbE9&#10;EXKwgZVUoRD0CDwv1iCVH4t0sZ6v5/kon8zWozyt69GnTZWPZpvs8aGe1lVVZz8D5ywvWsEYV4H2&#10;VbZZ/neyuDygQXA34d7mk7xHj4MEstf/SDouOex1UMhOs/PWXpcPSo3Bl1cVnsL9Hez7t7/6BQAA&#10;//8DAFBLAwQUAAYACAAAACEA30lFBNwAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KhDK1Ia4lSoChfEAQIfsI2X2CJeR7HbhH49rjjAcWdGs2/K7ex6caQxWM8KbhcZCOLW&#10;a8udgo/3p5t7ECEia+w9k4JvCrCtLi9KLLSf+I2OTexEKuFQoAIT41BIGVpDDsPCD8TJ+/Sjw5jO&#10;sZN6xCmVu14usyyXDi2nDwYH2hlqv5qDU9C8vkz58+k01evGYojRmrreKXV9NT8+gIg0x78wnPET&#10;OlSJae8PrIPoFWxWeUoqWN6lBWc/26xXIPa/iqxK+X9B9QMAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQDLHUIEHgIAAEMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDfSUUE3AAAAAkBAAAPAAAAAAAAAAAAAAAAAHgEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" strokeweight=".72pt">
-[...1 lines deleted...]
-              </v:line>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:12.47667pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15746048" id="docshape43" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...30 lines deleted...]
-        <w:pStyle w:val="Textoindependiente"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>TÍTOL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>DOCTORAND</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="242" w:lineRule="auto" w:before="2"/>
+        <w:ind w:left="114" w:right="7635"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>UNIVERSITAT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>CENTRE </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>FACULTAT/ESCOLA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3684"/>
+          <w:tab w:pos="4362" w:val="left" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:before="2"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+        <w:spacing w:line="205" w:lineRule="exact"/>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>ANY</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="es-ES"/>
-[...73 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t>QUALIFICACIÓ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="410" w:lineRule="atLeast" w:before="61"/>
+        <w:ind w:left="114" w:right="8767"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="1336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15746560">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>594360</wp:posOffset>
+                  <wp:posOffset>594359</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>161925</wp:posOffset>
+                  <wp:posOffset>159086</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6373495" cy="0"/>
-[...2 lines deleted...]
-                <wp:docPr id="25" name="Line 25"/>
+                <wp:extent cx="6373495" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="44" name="Graphic 44"/>
                 <wp:cNvGraphicFramePr>
-                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                  <a:graphicFrameLocks/>
                 </wp:cNvGraphicFramePr>
-                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvCnPr>
-[...2 lines deleted...]
-                      <wps:spPr bwMode="auto">
+                      <wps:cNvPr id="44" name="Graphic 44"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6373495" cy="0"/>
+                          <a:ext cx="6373495" cy="9525"/>
                         </a:xfrm>
-                        <a:prstGeom prst="line">
+                        <a:custGeom>
                           <a:avLst/>
-                        </a:prstGeom>
-[...16 lines deleted...]
-                        </a:extLst>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="9525">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
                       </wps:spPr>
-                      <wps:bodyPr/>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="00325FC2" id="Line 25" o:spid="_x0000_s1026" style="position:absolute;z-index:1336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="46.8pt,12.75pt" to="548.65pt,12.75pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAN5zebHgIAAEMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+QxLIshARVlUCvWy7&#10;SLv9AGM7xKpjW7YhoKr/3rEDiG0vVVUOZpyZefNm5nn5dOokOnLrhFYlzsYpRlxRzYTal/jb22Y0&#10;x8h5ohiRWvESn7nDT6uPH5a9KfhEt1oybhGAKFf0psSt96ZIEkdb3hE31oYrcDbadsTD1e4TZkkP&#10;6J1MJmk6S3ptmbGacufgaz048SriNw2n/qVpHPdIlhi4+XjaeO7CmayWpNhbYlpBLzTIP7DoiFBQ&#10;9AZVE0/QwYo/oDpBrXa68WOqu0Q3jaA89gDdZOlv3by2xPDYCwzHmduY3P+DpV+PW4sEK/HkASNF&#10;OtjRs1AcwRVm0xtXQEiltjZ0R0/q1Txr+t0hpauWqD2PHN/OBvKykJG8SwkXZ6DCrv+iGcSQg9dx&#10;UKfGdgESRoBOcR/n2z74ySMKH2fTx2m+AF706ktIcU001vnPXHcoGCWWQDoCk+Oz84EIKa4hoY7S&#10;GyFlXLdUqC/xIsvzmOC0FCw4Q5iz+10lLTqSIJj4i12B5z4sINfEtUNcdA1SsvqgWKzScsLWF9sT&#10;IQcbWEkVCkGPwPNiDVL5sUgX6/l6no/yyWw9ytO6Hn3aVPlotskeH+ppXVV19jNwzvKiFYxxFWhf&#10;ZZvlfyeLywMaBHcT7m0+yXv0OEgge/2PpOOSw14Hhew0O2/tdfmg1Bh8eVXhKdzfwb5/+6tfAAAA&#10;//8DAFBLAwQUAAYACAAAACEAPjVrAd0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KhDq6Y0jVOhKlwQBwh8wDbeJhbxOordJvTrccWBHmdnNPM23062EycavHGs4HGWgCCu&#10;nTbcKPj6fHl4AuEDssbOMSn4IQ/b4vYmx0y7kT/oVIVGxBL2GSpoQ+gzKX3dkkU/cz1x9A5usBii&#10;HBqpBxxjue3kPElSadFwXGixp11L9Xd1tAqq97cxfT2fx3JVGfQhmLYsd0rd303PGxCBpvAfhgt+&#10;RIciMu3dkbUXnYL1Io1JBfPlEsTFT9arBYj930UWubz+oPgFAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEADec3mx4CAABDBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAPjVrAd0AAAAJAQAADwAAAAAAAAAAAAAAAAB4BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" strokeweight=".72pt">
-[...1 lines deleted...]
-              </v:line>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:12.526521pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15746560" id="docshape44" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...1600 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>TÍTOL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>DOCTORAND</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="114" w:right="7635"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>UNIVERSITAT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>CENTRE </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>FACULTAT/ESCOLA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:pos="4362" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>ANY</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>QUALIFICACIÓ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="410" w:lineRule="atLeast" w:before="60"/>
+        <w:ind w:left="114" w:right="8767"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="1360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15747072">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>594360</wp:posOffset>
+                  <wp:posOffset>594359</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>167005</wp:posOffset>
+                  <wp:posOffset>158941</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6373495" cy="0"/>
-[...2 lines deleted...]
-                <wp:docPr id="24" name="Line 24"/>
+                <wp:extent cx="6373495" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="45" name="Graphic 45"/>
                 <wp:cNvGraphicFramePr>
-                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                  <a:graphicFrameLocks/>
                 </wp:cNvGraphicFramePr>
-                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvCnPr>
-[...2 lines deleted...]
-                      <wps:spPr bwMode="auto">
+                      <wps:cNvPr id="45" name="Graphic 45"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6373495" cy="0"/>
+                          <a:ext cx="6373495" cy="9525"/>
                         </a:xfrm>
-                        <a:prstGeom prst="line">
+                        <a:custGeom>
                           <a:avLst/>
-                        </a:prstGeom>
-[...16 lines deleted...]
-                        </a:extLst>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="9525">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
                       </wps:spPr>
-                      <wps:bodyPr/>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="1D3447A3" id="Line 24" o:spid="_x0000_s1026" style="position:absolute;z-index:1360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="46.8pt,13.15pt" to="548.65pt,13.15pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBws8tYHgIAAEMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+QxLIshARVlUCvWy7&#10;SLv9AGM7xKpjW7YhoKr/3rEDiG0vVVUOZpyZefNm5nn5dOokOnLrhFYlzsYpRlxRzYTal/jb22Y0&#10;x8h5ohiRWvESn7nDT6uPH5a9KfhEt1oybhGAKFf0psSt96ZIEkdb3hE31oYrcDbadsTD1e4TZkkP&#10;6J1MJmk6S3ptmbGacufgaz048SriNw2n/qVpHPdIlhi4+XjaeO7CmayWpNhbYlpBLzTIP7DoiFBQ&#10;9AZVE0/QwYo/oDpBrXa68WOqu0Q3jaA89gDdZOlv3by2xPDYCwzHmduY3P+DpV+PW4sEK/Ekx0iR&#10;Dnb0LBRHcIXZ9MYVEFKprQ3d0ZN6Nc+afndI6aolas8jx7ezgbwsZCTvUsLFGaiw679oBjHk4HUc&#10;1KmxXYCEEaBT3Mf5tg9+8ojCx9n0cZovHjCiV19Cimuisc5/5rpDwSixBNIRmByfnQ9ESHENCXWU&#10;3ggp47qlQn2JF1mexwSnpWDBGcKc3e8qadGRBMHEX+wKPPdhAbkmrh3iomuQktUHxWKVlhO2vtie&#10;CDnYwEqqUAh6BJ4Xa5DKj0W6WM/X83yUT2brUZ7W9ejTpspHs032+FBP66qqs5+Bc5YXrWCMq0D7&#10;Ktss/ztZXB7QILibcG/zSd6jx0EC2et/JB2XHPY6KGSn2Xlrr8sHpcbgy6sKT+H+Dvb921/9AgAA&#10;//8DAFBLAwQUAAYACAAAACEAQA00ytwAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KhDK6U0xKlQFS6IAwQ+YBsvsUW8jmK3Cf16XHGgt92d0eybcju7XhxpDNazgvtFBoK4&#10;9dpyp+Dz4/nuAUSIyBp7z6TghwJsq+urEgvtJ36nYxM7kUI4FKjAxDgUUobWkMOw8ANx0r786DCm&#10;deykHnFK4a6XyyzLpUPL6YPBgXaG2u/m4BQ0b69T/nI6TfW6sRhitKaud0rd3sxPjyAizfHfDGf8&#10;hA5VYtr7A+sgegWbVZ6cCpb5CsRZzzbrNO3/LrIq5WWD6hcAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQBws8tYHgIAAEMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBADTTK3AAAAAkBAAAPAAAAAAAAAAAAAAAAAHgEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" strokeweight=".72pt">
-[...1 lines deleted...]
-              </v:line>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:12.515076pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15747072" id="docshape45" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...53 lines deleted...]
-        <w:pStyle w:val="Textoindependiente"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>TÍTOL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>DOCTORAND</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="114" w:right="7635"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>UNIVERSITAT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>CENTRE </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>FACULTAT/ESCOLA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3684"/>
+          <w:tab w:pos="4362" w:val="left" w:leader="none"/>
         </w:tabs>
-        <w:ind w:left="144"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>ANY</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="es-ES"/>
-[...75 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t>QUALIFICACIÓ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="410" w:lineRule="atLeast" w:before="60"/>
+        <w:ind w:left="114" w:right="8767"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="1384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15747584">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>594360</wp:posOffset>
+                  <wp:posOffset>594359</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>126365</wp:posOffset>
+                  <wp:posOffset>159050</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6373495" cy="0"/>
-[...2 lines deleted...]
-                <wp:docPr id="23" name="Line 23"/>
+                <wp:extent cx="6373495" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="46" name="Graphic 46"/>
                 <wp:cNvGraphicFramePr>
-                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                  <a:graphicFrameLocks/>
                 </wp:cNvGraphicFramePr>
-                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvCnPr>
-[...2 lines deleted...]
-                      <wps:spPr bwMode="auto">
+                      <wps:cNvPr id="46" name="Graphic 46"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6373495" cy="0"/>
+                          <a:ext cx="6373495" cy="9525"/>
                         </a:xfrm>
-                        <a:prstGeom prst="line">
+                        <a:custGeom>
                           <a:avLst/>
-                        </a:prstGeom>
-[...16 lines deleted...]
-                        </a:extLst>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="9525">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
                       </wps:spPr>
-                      <wps:bodyPr/>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="6A292959" id="Line 23" o:spid="_x0000_s1026" style="position:absolute;z-index:1384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="46.8pt,9.95pt" to="548.65pt,9.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDAFK1+HgIAAEMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+QxLIshARVlUCvWy7&#10;SLv9AGM7xKpjW7YhoKr/3rEDiG0vVVUOZpyZefNm5nn5dOokOnLrhFYlzsYpRlxRzYTal/jb22Y0&#10;x8h5ohiRWvESn7nDT6uPH5a9KfhEt1oybhGAKFf0psSt96ZIEkdb3hE31oYrcDbadsTD1e4TZkkP&#10;6J1MJmk6S3ptmbGacufgaz048SriNw2n/qVpHPdIlhi4+XjaeO7CmayWpNhbYlpBLzTIP7DoiFBQ&#10;9AZVE0/QwYo/oDpBrXa68WOqu0Q3jaA89gDdZOlv3by2xPDYCwzHmduY3P+DpV+PW4sEK/FkipEi&#10;HezoWSiO4Aqz6Y0rIKRSWxu6oyf1ap41/e6Q0lVL1J5Hjm9nA3lZyEjepYSLM1Bh13/RDGLIwes4&#10;qFNjuwAJI0CnuI/zbR/85BGFj7Pp4zRfPGBEr76EFNdEY53/zHWHglFiCaQjMDk+Ox+IkOIaEuoo&#10;vRFSxnVLhfoSL7I8jwlOS8GCM4Q5u99V0qIjCYKJv9gVeO7DAnJNXDvERdcgJasPisUqLSdsfbE9&#10;EXKwgZVUoRD0CDwv1iCVH4t0sZ6v5/kon8zWozyt69GnTZWPZpvs8aGe1lVVZz8D5ywvWsEYV4H2&#10;VbZZ/neyuDygQXA34d7mk7xHj4MEstf/SDouOex1UMhOs/PWXpcPSo3Bl1cVnsL9Hez7t7/6BQAA&#10;//8DAFBLAwQUAAYACAAAACEAtno1xNsAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KgDlVIS4lSoChfEAQIfsI2X2CJeR7HbhH49rjjAcWdGs2+q7eIGcaQpWM8KblcZCOLO&#10;a8u9go/3p5t7ECEiaxw8k4JvCrCtLy8qLLWf+Y2ObexFKuFQogIT41hKGTpDDsPKj8TJ+/STw5jO&#10;qZd6wjmVu0HeZVkuHVpOHwyOtDPUfbUHp6B9fZnz59NpbjatxRCjNU2zU+r6anl8ABFpiX9hOOMn&#10;dKgT094fWAcxKCjWeUomvShAnP2s2KxB7H8VWVfy/4L6BwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAMAUrX4eAgAAQwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhALZ6NcTbAAAACQEAAA8AAAAAAAAAAAAAAAAAeAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" strokeweight=".72pt">
-[...1 lines deleted...]
-              </v:line>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:12.52363pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15747584" id="docshape46" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="none"/>
+              </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...55 lines deleted...]
-        <w:pStyle w:val="Textoindependiente"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>TÍTOL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>DOCTORAND</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="3"/>
+        <w:ind w:left="114" w:right="7635"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>UNIVERSITAT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>CENTRE </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>FACULTAT/ESCOLA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3684"/>
+          <w:tab w:pos="4362" w:val="left" w:leader="none"/>
         </w:tabs>
-        <w:ind w:left="144"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+        <w:ind w:left="114"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>ANY</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="es-ES"/>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="000E7DF4">
+        </w:rPr>
+        <w:t>QUALIFICACIÓ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0"/>
+        <w:sectPr>
+          <w:pgSz w:w="11910" w:h="16850"/>
+          <w:pgMar w:header="1065" w:footer="0" w:top="1300" w:bottom="280" w:left="850" w:right="850"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:right="6"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>ALTRES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>MÈRITS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>ACLARIMENTS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>QUE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>ES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>DESITGEN</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>FER</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="es-ES"/>
-[...34 lines deleted...]
-          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>CONSTAR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="6"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>(Utilitzeu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>únicament</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>l’espai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>d’aquesta</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>pàgina).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="es-ES"/>
-[...17 lines deleted...]
-          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="1408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487607296">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>594360</wp:posOffset>
+                  <wp:posOffset>594359</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>126365</wp:posOffset>
+                  <wp:posOffset>162237</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6373495" cy="0"/>
-                <wp:effectExtent l="13335" t="8255" r="13970" b="10795"/>
+                <wp:extent cx="6373495" cy="9525"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="22" name="Line 22"/>
+                <wp:docPr id="47" name="Graphic 47"/>
                 <wp:cNvGraphicFramePr>
-                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                  <a:graphicFrameLocks/>
                 </wp:cNvGraphicFramePr>
-                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvCnPr>
-[...2 lines deleted...]
-                      <wps:spPr bwMode="auto">
+                      <wps:cNvPr id="47" name="Graphic 47"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6373495" cy="0"/>
+                          <a:ext cx="6373495" cy="9525"/>
                         </a:xfrm>
-                        <a:prstGeom prst="line">
+                        <a:custGeom>
                           <a:avLst/>
-                        </a:prstGeom>
-[...16 lines deleted...]
-                        </a:extLst>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6373495" h="9525">
+                              <a:moveTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="9144"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6373368" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
                       </wps:spPr>
-                      <wps:bodyPr/>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="1E126159" id="Line 22" o:spid="_x0000_s1026" style="position:absolute;z-index:1408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="46.8pt,9.95pt" to="548.65pt,9.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC9QFG9HgIAAEMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+QxLIshARVlUCvWy7&#10;SLv9AGM7xKpjW7YhoKr/3rEDiG0vVVUOZpyZefNm5nn5dOokOnLrhFYlzsYpRlxRzYTal/jb22Y0&#10;x8h5ohiRWvESn7nDT6uPH5a9KfhEt1oybhGAKFf0psSt96ZIEkdb3hE31oYrcDbadsTD1e4TZkkP&#10;6J1MJmk6S3ptmbGacufgaz048SriNw2n/qVpHPdIlhi4+XjaeO7CmayWpNhbYlpBLzTIP7DoiFBQ&#10;9AZVE0/QwYo/oDpBrXa68WOqu0Q3jaA89gDdZOlv3by2xPDYCwzHmduY3P+DpV+PW4sEK/FkgpEi&#10;HezoWSiO4Aqz6Y0rIKRSWxu6oyf1ap41/e6Q0lVL1J5Hjm9nA3lZyEjepYSLM1Bh13/RDGLIwes4&#10;qFNjuwAJI0CnuI/zbR/85BGFj7Pp4zRfPGBEr76EFNdEY53/zHWHglFiCaQjMDk+Ox+IkOIaEuoo&#10;vRFSxnVLhfoSL7I8jwlOS8GCM4Q5u99V0qIjCYKJv9gVeO7DAnJNXDvERdcgJasPisUqLSdsfbE9&#10;EXKwgZVUoRD0CDwv1iCVH4t0sZ6v5/kon8zWozyt69GnTZWPZpvs8aGe1lVVZz8D5ywvWsEYV4H2&#10;VbZZ/neyuDygQXA34d7mk7xHj4MEstf/SDouOex1UMhOs/PWXpcPSo3Bl1cVnsL9Hez7t7/6BQAA&#10;//8DAFBLAwQUAAYACAAAACEAtno1xNsAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KgDlVIS4lSoChfEAQIfsI2X2CJeR7HbhH49rjjAcWdGs2+q7eIGcaQpWM8KblcZCOLO&#10;a8u9go/3p5t7ECEiaxw8k4JvCrCtLy8qLLWf+Y2ObexFKuFQogIT41hKGTpDDsPKj8TJ+/STw5jO&#10;qZd6wjmVu0HeZVkuHVpOHwyOtDPUfbUHp6B9fZnz59NpbjatxRCjNU2zU+r6anl8ABFpiX9hOOMn&#10;dKgT094fWAcxKCjWeUomvShAnP2s2KxB7H8VWVfy/4L6BwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL1AUb0eAgAAQwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhALZ6NcTbAAAACQEAAA8AAAAAAAAAAAAAAAAAeAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" strokeweight=".72pt">
-[...1 lines deleted...]
-              </v:line>
+              <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:12.77461pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15709184;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshape47" filled="true" fillcolor="#000000" stroked="false">
+                <v:fill type="solid"/>
+                <w10:wrap type="topAndBottom"/>
+              </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00605271" w:rsidRPr="000E7DF4" w:rsidRDefault="00605271">
-[...7924 lines deleted...]
-    <w:sectPr w:rsidR="00605271">
+    <w:sectPr>
       <w:pgSz w:w="11910" w:h="16850"/>
-      <w:pgMar w:top="1300" w:right="820" w:bottom="280" w:left="820" w:header="1101" w:footer="0" w:gutter="0"/>
-      <w:cols w:space="708"/>
+      <w:pgMar w:header="1065" w:footer="0" w:top="1300" w:bottom="280" w:left="850" w:right="850"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...2 lines deleted...]
-    <w:charset w:val="02"/>
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Times New Roman">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:altName w:val="Arial Narrow"/>
-    <w:panose1 w:val="020B0606020202030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:altName w:val="Tahoma"/>
-    <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="00"/>
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...1 lines deleted...]
-    <w:charset w:val="00"/>
+  <w:font w:name="Symbol">
+    <w:altName w:val="Symbol"/>
+    <w:charset w:val="2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00605271" w:rsidRDefault="000E7DF4">
+<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14" xml:space="preserve">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="Textoindependiente"/>
+      <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:b w:val="0"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="11"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:noProof/>
-        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        <w:b w:val="0"/>
+        <w:sz w:val="11"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="486950912">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
-                <wp:posOffset>594360</wp:posOffset>
+                <wp:posOffset>594359</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
-                <wp:posOffset>812165</wp:posOffset>
+                <wp:posOffset>925067</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6373495" cy="9525"/>
-              <wp:effectExtent l="13335" t="12065" r="13970" b="6985"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="1" name="AutoShape 1"/>
+              <wp:docPr id="1" name="Graphic 1"/>
               <wp:cNvGraphicFramePr>
-                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                <a:graphicFrameLocks/>
               </wp:cNvGraphicFramePr>
-              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphic>
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
-                    <wps:cNvSpPr>
-[...2 lines deleted...]
-                    <wps:spPr bwMode="auto">
+                    <wps:cNvPr id="1" name="Graphic 1"/>
+                    <wps:cNvSpPr/>
+                    <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6373495" cy="9525"/>
                       </a:xfrm>
                       <a:custGeom>
                         <a:avLst/>
-                        <a:gdLst>
-[...16 lines deleted...]
-                        </a:gdLst>
+                        <a:gdLst/>
                         <a:ahLst/>
-                        <a:cxnLst>
-[...13 lines deleted...]
-                        <a:rect l="0" t="0" r="r" b="b"/>
+                        <a:cxnLst/>
+                        <a:rect l="l" t="t" r="r" b="b"/>
                         <a:pathLst>
-                          <a:path w="10037" h="15">
+                          <a:path w="6373495" h="9525">
                             <a:moveTo>
-                              <a:pt x="0" y="0"/>
+                              <a:pt x="6373368" y="0"/>
                             </a:moveTo>
                             <a:lnTo>
-                              <a:pt x="10037" y="0"/>
+                              <a:pt x="0" y="0"/>
                             </a:lnTo>
-                            <a:moveTo>
-[...1 lines deleted...]
-                            </a:moveTo>
                             <a:lnTo>
-                              <a:pt x="10037" y="15"/>
+                              <a:pt x="0" y="9144"/>
                             </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="6373368" y="9144"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="6373368" y="0"/>
+                            </a:lnTo>
+                            <a:close/>
                           </a:path>
                         </a:pathLst>
                       </a:custGeom>
-                      <a:noFill/>
-[...17 lines deleted...]
-                      </a:extLst>
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
                     </wps:spPr>
-                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
-              <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="2B1A81F6" id="AutoShape 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:46.8pt;margin-top:63.95pt;width:501.85pt;height:.75pt;z-index:-251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="10037,15" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDzNnXqjwMAAC4JAAAOAAAAZHJzL2Uyb0RvYy54bWysVm2P2jgQ/l7p/oPlj1exiUOADVq2qmCp&#10;KvVNKv0BJnFIdImdsw1he7r/3vE4YQNdttXpIhHszJN5eWY8k7s3x7oiB6FNqeSCspuQEiFTlZVy&#10;t6DfNuvRLSXGcpnxSkmxoI/C0Df3f7y6a5u5iFShqkxoAkqkmbfNghbWNvMgMGkham5uVCMkCHOl&#10;a25hq3dBpnkL2usqiMJwGrRKZ41WqTAGnq68kN6j/jwXqf2c50ZYUi0o+GbxrvG+dffg/o7Pd5o3&#10;RZl2bvD/4EXNSwlGT6pW3HKy1+VPquoy1cqo3N6kqg5UnpepwBggGhZeRPO14I3AWIAc05xoMv+f&#10;2vTT4YsmZQa5o0TyGlL0dm8VWibM0dM2Zg6or80X7QI0zQeV/mVAEJxJ3MYAhmzbjyoDNRzUICXH&#10;XNfuTQiWHJH5xxPz4mhJCg+n49k4TiaUpCBLJtHEWQ74vH833Rv7TijUww8fjPV5y2CFrGed7xvI&#10;cV5XkMLXIxKSZDx1vy7LJxCE6kF/BmQTkpawMBzPLlFRj0JVLJolxN0uYeMeBsoQVBCG7kMxnCzG&#10;PcjrCpPZ+DnHgIAnx+Jrjk171MuOzXrYS47B8fw1X0kPcnzdXnOLnXPPoiR+ljA2pB9RzzHGLui/&#10;Rhkb8r9h0VXvLlJw1bthDs68g3Lc9QXHi74G06PsihBWhLu2F2LZN8q4ct9AtFDTm3FX0YByFXsF&#10;DMYdGGsR7L0MhrQ4MPDpD8vLaEcUwvuzhXBvpItAQ7u8bJSaEmiUW1/1DbcucBeAW5IW2gYeHVLA&#10;aoJx1+ogNgoh9uK8g7EnaSWHqE4NOIg9GZC9/OmNZqDPH7HfUniCeo3wjvMd28spHng4bDFSrcuq&#10;wh5TSRdlwuIYozOqKjMndAEavdsuK00O3E0XvLpUnMEabeyKm8LjUOTp1GovM7RSCJ49dGvLy8qv&#10;kQVnCNpkR7trmDhX/knC5OH24TYexdH0YRSHq9Xo7XoZj6ZrNpusxqvlcsX+dT6zeF6UWSakc7uf&#10;cSz+vRnSTVs/nU5T7iy8MxbWeP3MQnDuBrIPsfT/GB0OFDdD/NDZquwR5olWfmjDRwYsCqW/U9LC&#10;wF5Q8/eea0FJ9V7CRHQpchMeN/FkFsFGDyXboYTLFFQtqKVwZt1yaf1Xwb7R5a4ASwzzLZUbh3np&#10;Bg76573qNjCUMYLuA8JN/eEeUU+fOfc/AAAA//8DAFBLAwQUAAYACAAAACEAkB0PB9wAAAALAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPPU/DMBCGdyT+g3VIbNSmLW0T4lSoEiuCwtLNjY84EJ+j2E3T&#10;f89louO99+j9KLajb8WAfWwCaXicKRBIVbAN1Rq+Pl8fNiBiMmRNGwg1XDDCtry9KUxuw5k+cNin&#10;WrAJxdxocCl1uZSxcuhNnIUOiX/fofcm8dnX0vbmzOa+lXOlVtKbhjjBmQ53Dqvf/clz7pKap/eB&#10;Utq9BTwcNu7nopzW93fjyzOIhGP6h2Gqz9Wh5E7HcCIbRashW6yYZH2+zkBMgMrWCxDHScqWIMtC&#10;Xm8o/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDzNnXqjwMAAC4JAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCQHQ8H3AAAAAsBAAAPAAAAAAAA&#10;AAAAAAAAAOkFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA8gYAAAAA&#10;" path="m,l10037,m,15r10037,e" filled="f" strokeweight=".72pt">
-[...1 lines deleted...]
-              <w10:wrap anchorx="page" anchory="page"/>
+            <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:72.839981pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;z-index:-16365568" id="docshape1" filled="true" fillcolor="#000000" stroked="false">
+              <v:fill type="solid"/>
+              <w10:wrap type="none"/>
+            </v:rect>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14" xml:space="preserve">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14" xml:space="preserve">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="486951424">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>594360</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>807719</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="6373495" cy="18415"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="16" name="Graphic 16"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvPr id="16" name="Graphic 16"/>
+                    <wps:cNvSpPr/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="6373495" cy="18415"/>
+                      </a:xfrm>
+                      <a:custGeom>
+                        <a:avLst/>
+                        <a:gdLst/>
+                        <a:ahLst/>
+                        <a:cxnLst/>
+                        <a:rect l="l" t="t" r="r" b="b"/>
+                        <a:pathLst>
+                          <a:path w="6373495" h="18415">
+                            <a:moveTo>
+                              <a:pt x="6373368" y="0"/>
+                            </a:moveTo>
+                            <a:lnTo>
+                              <a:pt x="0" y="0"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="0" y="9144"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="0" y="18288"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="6373368" y="18288"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="6373368" y="9144"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="6373368" y="0"/>
+                            </a:lnTo>
+                            <a:close/>
+                          </a:path>
+                        </a:pathLst>
+                      </a:custGeom>
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </wps:spPr>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape style="position:absolute;margin-left:46.800003pt;margin-top:63.599941pt;width:501.85pt;height:1.45pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;z-index:-16365056" id="docshape16" coordorigin="936,1272" coordsize="10037,29" path="m10973,1272l936,1272,936,1286,936,1301,10973,1301,10973,1286,10973,1272xe" filled="true" fillcolor="#000000" stroked="false">
+              <v:path arrowok="t"/>
+              <v:fill type="solid"/>
+              <w10:wrap type="none"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14" xml:space="preserve">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="486951936">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>594359</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>794003</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="6373495" cy="9525"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="17" name="Graphic 17"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvPr id="17" name="Graphic 17"/>
+                    <wps:cNvSpPr/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="6373495" cy="9525"/>
+                      </a:xfrm>
+                      <a:custGeom>
+                        <a:avLst/>
+                        <a:gdLst/>
+                        <a:ahLst/>
+                        <a:cxnLst/>
+                        <a:rect l="l" t="t" r="r" b="b"/>
+                        <a:pathLst>
+                          <a:path w="6373495" h="9525">
+                            <a:moveTo>
+                              <a:pt x="6373368" y="0"/>
+                            </a:moveTo>
+                            <a:lnTo>
+                              <a:pt x="0" y="0"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="0" y="9144"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="6373368" y="9144"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="6373368" y="0"/>
+                            </a:lnTo>
+                            <a:close/>
+                          </a:path>
+                        </a:pathLst>
+                      </a:custGeom>
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </wps:spPr>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:62.519978pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;z-index:-16364544" id="docshape17" filled="true" fillcolor="#000000" stroked="false">
+              <v:fill type="solid"/>
+              <w10:wrap type="none"/>
+            </v:rect>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14" xml:space="preserve">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="486952448">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>594359</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>794003</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="6373495" cy="9525"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="34" name="Graphic 34"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvPr id="34" name="Graphic 34"/>
+                    <wps:cNvSpPr/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="6373495" cy="9525"/>
+                      </a:xfrm>
+                      <a:custGeom>
+                        <a:avLst/>
+                        <a:gdLst/>
+                        <a:ahLst/>
+                        <a:cxnLst/>
+                        <a:rect l="l" t="t" r="r" b="b"/>
+                        <a:pathLst>
+                          <a:path w="6373495" h="9525">
+                            <a:moveTo>
+                              <a:pt x="6373368" y="0"/>
+                            </a:moveTo>
+                            <a:lnTo>
+                              <a:pt x="0" y="0"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="0" y="9144"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="6373368" y="9144"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="6373368" y="0"/>
+                            </a:lnTo>
+                            <a:close/>
+                          </a:path>
+                        </a:pathLst>
+                      </a:custGeom>
+                      <a:solidFill>
+                        <a:srgbClr val="000000"/>
+                      </a:solidFill>
+                    </wps:spPr>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:rect style="position:absolute;margin-left:46.799999pt;margin-top:62.519978pt;width:501.84pt;height:.72pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;z-index:-16364032" id="docshape34" filled="true" fillcolor="#000000" stroked="false">
+              <v:fill type="solid"/>
+              <w10:wrap type="none"/>
+            </v:rect>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...1 lines deleted...]
-    <w:nsid w:val="49FD2624"/>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F83A5C48"/>
-    <w:lvl w:ilvl="0" w:tplc="A3FC6624">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="700" w:hanging="284"/>
+        <w:ind w:left="1530" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
+        <w:lang w:val="ca-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="003EB1AC">
+    <w:lvl w:ilvl="1">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1566" w:hanging="284"/>
+        <w:ind w:left="2406" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="ca-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97A87286">
+    <w:lvl w:ilvl="2">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2433" w:hanging="284"/>
+        <w:ind w:left="3273" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="ca-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="1DD28BCC">
+    <w:lvl w:ilvl="3">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3299" w:hanging="284"/>
+        <w:ind w:left="4139" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="ca-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="A3CE98C4">
+    <w:lvl w:ilvl="4">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4166" w:hanging="284"/>
+        <w:ind w:left="5006" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="ca-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FE3E5C24">
+    <w:lvl w:ilvl="5">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5033" w:hanging="284"/>
+        <w:ind w:left="5873" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="ca-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="36560A24">
+    <w:lvl w:ilvl="6">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5899" w:hanging="284"/>
+        <w:ind w:left="6739" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="ca-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="481EFB2C">
+    <w:lvl w:ilvl="7">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6766" w:hanging="284"/>
+        <w:ind w:left="7606" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="ca-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="8674748E">
+    <w:lvl w:ilvl="8">
+      <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7633" w:hanging="284"/>
+        <w:ind w:left="8473" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="ca-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="720"/>
-  <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...9 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:shapeLayoutLikeWW8/>
+    <w:useFELayout/>
+    <w:compatSetting w:val="14" w:uri="http://schemas.microsoft.com/office/word" w:name="compatibilityMode"/>
   </w:compat>
-  <w:rsids>
-[...31 lines deleted...]
-  <w15:docId w15:val="{6191B530-3402-43A1-A2FA-F38D4ADA60EA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:cstheme="minorBidi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:asciiTheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:bidi="ar-SA" w:eastAsia="en-US"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...414 lines deleted...]
-  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
+  <w:style w:styleId="DefaultParagraphFont" w:default="1" w:type="character">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
-[...20 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+  <w:style w:styleId="TableNormal" w:default="1" w:type="table">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textoindependiente">
+  <w:style w:styleId="NoList" w:default="1" w:type="numbering">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:default="1" w:styleId="Normal" w:type="paragraph">
+    <w:name w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
+      <w:lang w:val="ca-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:styleId="BodyText" w:type="paragraph">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:pPr/>
     <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
+      <w:lang w:val="ca-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Prrafodelista">
+  <w:style w:styleId="Heading1" w:type="paragraph">
+    <w:name w:val="Heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="5" w:right="5"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ca-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:styleId="Heading2" w:type="paragraph">
+    <w:name w:val="Heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="16" w:line="229" w:lineRule="exact"/>
+      <w:ind w:left="5" w:right="5"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ca-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:styleId="Heading3" w:type="paragraph">
+    <w:name w:val="Heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:line="229" w:lineRule="exact"/>
+      <w:ind w:left="5" w:right="1"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ca-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:styleId="Title" w:type="paragraph">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:line="595" w:lineRule="exact"/>
+      <w:ind w:left="1247"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+      <w:lang w:val="ca-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:styleId="ListParagraph" w:type="paragraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="700" w:hanging="284"/>
+      <w:ind w:left="1530" w:hanging="284"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
+      <w:lang w:val="ca-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+  <w:style w:styleId="TableParagraph" w:type="paragraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:pPr>
-[...1 lines deleted...]
-    </w:pPr>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
+      <w:lang w:val="ca-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-</file>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/></Relationships>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -15701,83 +19579,67 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Company> </Company>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>5687</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>47</Lines>
-  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>Universitat de València</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6707</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>CARLORMA</dc:creator>
+  <dc:description/>
   <dc:title>Curriculum vitae</dc:title>
-  <dc:creator>CARLORMA</dc:creator>
-[...1 lines deleted...]
-  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2015-12-09T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Acrobat PDFMaker 10.1 para Word</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
-    <vt:filetime>2017-01-09T00:00:00Z</vt:filetime>
+    <vt:filetime>2025-12-19T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
+    <vt:lpwstr>Adobe PDF Library 10.0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="SourceModified">
+    <vt:lpwstr>D:20081114072040</vt:lpwstr>
   </property>
 </Properties>
 </file>