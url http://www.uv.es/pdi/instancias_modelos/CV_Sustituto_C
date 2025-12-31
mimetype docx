--- v0 (2025-10-24)
+++ v1 (2025-12-31)
@@ -2906,75 +2906,83 @@
               </w:rPr>
               <w:t xml:space="preserve">Por cursos recibidos de formación </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>para la docencia</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> universitaria</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> y en competencias digitales</w:t>
-[...23 lines deleted...]
-              <w:t>:</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D7C91">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>y en materia de igualdad, diversidad o sostenibilidad</w:t>
+            </w:r>
+            <w:r w:rsidR="005D7C91" w:rsidRPr="007D390A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D390A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>impartidos por Universidades</w:t>
+            </w:r>
+            <w:r w:rsidR="005D7C91">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> u organismos oficiales:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00CB44E9" w:rsidRPr="007D390A" w:rsidRDefault="00CB44E9" w:rsidP="00CB44E9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Curso y núm. horas:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00CB44E9" w:rsidRPr="007D390A" w:rsidRDefault="00CB44E9" w:rsidP="00CB44E9">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
@@ -2988,50 +2996,52 @@
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Universidad</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> u organismo</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CB44E9" w:rsidRDefault="00CB44E9" w:rsidP="00CB44E9">
             <w:r w:rsidRPr="00C55A02">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Número fichero / Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CB44E9" w:rsidRPr="007D390A" w:rsidTr="00594440">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -4682,51 +4692,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>(Clave: R = revista indexada, I = revista internacional no indexada, N = revista nacional no indexada, A = otros)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00CB44E9" w:rsidRPr="007D390A" w:rsidRDefault="00CB44E9" w:rsidP="00CB44E9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Clave:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00CB44E9" w:rsidRPr="007D390A" w:rsidRDefault="00CB44E9" w:rsidP="00CB44E9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Título:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00CB44E9" w:rsidRPr="007D390A" w:rsidRDefault="00CB44E9" w:rsidP="00CB44E9">
@@ -4808,51 +4817,50 @@
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Indicios de calidad:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00CB44E9" w:rsidRDefault="00CB44E9" w:rsidP="00CB44E9">
             <w:r w:rsidRPr="00C55A02">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Número fichero / Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CB44E9" w:rsidRPr="007D390A" w:rsidTr="00594440">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CB44E9" w:rsidRPr="007D390A" w:rsidRDefault="00CB44E9" w:rsidP="00CB44E9">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
@@ -8380,52 +8388,50 @@
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002B6223">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>puntos</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002B6223">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00CB44E9" w:rsidRPr="0071719C" w:rsidRDefault="00CB44E9" w:rsidP="00594440">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -8637,50 +8643,51 @@
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00955A18" w:rsidRDefault="00955A18" w:rsidP="00531F54">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00955A18" w:rsidRDefault="00955A18" w:rsidP="00531F54">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -8742,51 +8749,51 @@
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="007C5BD6">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="007C5BD6">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="007C5BD6">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EA3218" w:rsidRPr="00EA3218">
+        <w:r w:rsidR="005D7C91" w:rsidRPr="005D7C91">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r w:rsidRPr="007C5BD6">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="00E80CFC" w:rsidRDefault="00E80CFC">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
@@ -11446,60 +11453,60 @@
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="15"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="200"/>
+  <w:zoom w:percent="150"/>
   <w:hideSpellingErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="18433"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A2190B"/>
     <w:rsid w:val="000020B9"/>
     <w:rsid w:val="00010EA2"/>
     <w:rsid w:val="0001194B"/>
     <w:rsid w:val="00020798"/>
     <w:rsid w:val="00022E5B"/>
     <w:rsid w:val="00024867"/>
     <w:rsid w:val="00027CBF"/>
@@ -11758,50 +11765,51 @@
     <w:rsid w:val="00584B20"/>
     <w:rsid w:val="00584C6A"/>
     <w:rsid w:val="00585755"/>
     <w:rsid w:val="005924E4"/>
     <w:rsid w:val="005933BF"/>
     <w:rsid w:val="00594D42"/>
     <w:rsid w:val="00597C97"/>
     <w:rsid w:val="005A1D8F"/>
     <w:rsid w:val="005A28F4"/>
     <w:rsid w:val="005A38B3"/>
     <w:rsid w:val="005A396E"/>
     <w:rsid w:val="005A65FF"/>
     <w:rsid w:val="005A7405"/>
     <w:rsid w:val="005B07CD"/>
     <w:rsid w:val="005B2381"/>
     <w:rsid w:val="005B3A78"/>
     <w:rsid w:val="005B4886"/>
     <w:rsid w:val="005C025F"/>
     <w:rsid w:val="005C0F37"/>
     <w:rsid w:val="005C339C"/>
     <w:rsid w:val="005C662A"/>
     <w:rsid w:val="005D0C53"/>
     <w:rsid w:val="005D0F83"/>
     <w:rsid w:val="005D2D37"/>
     <w:rsid w:val="005D6F00"/>
+    <w:rsid w:val="005D7C91"/>
     <w:rsid w:val="005E13E7"/>
     <w:rsid w:val="005E3D78"/>
     <w:rsid w:val="005E4D2B"/>
     <w:rsid w:val="005F579B"/>
     <w:rsid w:val="005F6C03"/>
     <w:rsid w:val="006053A7"/>
     <w:rsid w:val="006072C9"/>
     <w:rsid w:val="00611AFD"/>
     <w:rsid w:val="0061207B"/>
     <w:rsid w:val="00612467"/>
     <w:rsid w:val="006147B7"/>
     <w:rsid w:val="0062156D"/>
     <w:rsid w:val="006229E5"/>
     <w:rsid w:val="00626A20"/>
     <w:rsid w:val="006314D6"/>
     <w:rsid w:val="006464E2"/>
     <w:rsid w:val="00647496"/>
     <w:rsid w:val="00656A58"/>
     <w:rsid w:val="00657D9B"/>
     <w:rsid w:val="00663647"/>
     <w:rsid w:val="00665149"/>
     <w:rsid w:val="006720D6"/>
     <w:rsid w:val="006730C2"/>
     <w:rsid w:val="006755BE"/>
     <w:rsid w:val="0067579E"/>
@@ -12205,57 +12213,58 @@
     <w:rsid w:val="00FB3ABD"/>
     <w:rsid w:val="00FB6E6C"/>
     <w:rsid w:val="00FC4550"/>
     <w:rsid w:val="00FC4D22"/>
     <w:rsid w:val="00FC5469"/>
     <w:rsid w:val="00FD460B"/>
     <w:rsid w:val="00FE1CDA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="18433"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="4C7D1587"/>
   <w15:docId w15:val="{199952A9-23F4-4ADC-8691-B585754E2184}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13382,79 +13391,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9BE7816D-D753-4158-9FFC-4FC30147EAE6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49042C92-D592-40BE-B366-4A9F99281E2B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1117</Words>
-  <Characters>6890</Characters>
+  <Words>1113</Words>
+  <Characters>6865</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>57</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>REGLAMENT DE SELECCIÓ DEL PERSONAL DOCENT I INVESTIGADOR DE LA UNIVERSITAT DE VALÈNCIA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Servei d'Informàtica</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7992</CharactersWithSpaces>
+  <CharactersWithSpaces>7963</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>REGLAMENT DE SELECCIÓ DEL PERSONAL DOCENT I INVESTIGADOR DE LA UNIVERSITAT DE VALÈNCIA</dc:title>
   <dc:creator>Teresa;Trice</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>