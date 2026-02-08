--- v0 (2025-10-03)
+++ v1 (2026-02-08)
@@ -2605,85 +2605,111 @@
           <w:p w:rsidR="00BD12FB" w:rsidRPr="00BD12FB" w:rsidRDefault="00BD12FB" w:rsidP="00BD12FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD12FB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8003" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD12FB" w:rsidRPr="00BD12FB" w:rsidRDefault="00BD12FB" w:rsidP="00BD12FB">
+          <w:p w:rsidR="00BD12FB" w:rsidRPr="00BD12FB" w:rsidRDefault="008A04D1" w:rsidP="00BD12FB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="256"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD12FB">
-[...5 lines deleted...]
-              <w:t>Per cursos rebuts de formació per a la docència universitària i en competències digitals impartits per Universitats o organismes oficials, i en matèria d’igualtat, diversitat o sostenibilitat:</w:t>
+            <w:r w:rsidRPr="008A04D1">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Per cursos rebuts de formació per a la docència universitària i en matèria d</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A04D1">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>igualtat, diversitat o sostenibilitat, impartits per Universitats o organismes oficials</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD12FB" w:rsidRPr="00BD12FB">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00BD12FB" w:rsidRPr="00BD12FB" w:rsidRDefault="00BD12FB" w:rsidP="00BD12FB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD12FB">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Curs i núm. d’hores:</w:t>
             </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p w:rsidR="00BD12FB" w:rsidRPr="00BD12FB" w:rsidRDefault="00BD12FB" w:rsidP="00BD12FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD12FB">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Universitat o organisme:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1662" w:type="dxa"/>
           </w:tcPr>
@@ -6600,52 +6626,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r w:rsidRPr="00E92168">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>activitat docent i investigadora en universitats i centres d'investig</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ació: 0,05 punts per setmana. D’</w:t>
             </w:r>
             <w:r w:rsidRPr="00E92168">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>igual forma es valoraran les situacions de discapacitat reconeguda (certificat de discapacitat des de 33% fins a 64%: màxim 1 punt; des de 65%: màxim 2 punts)</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BD12FB" w:rsidRPr="00BD12FB" w:rsidRDefault="00BD12FB" w:rsidP="00BD12FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD12FB">
@@ -6744,83 +6768,84 @@
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006315D0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Nombre fitxer / Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00250EEC" w:rsidRDefault="002B4E26"/>
+    <w:p w:rsidR="00250EEC" w:rsidRDefault="008A04D1"/>
     <w:sectPr w:rsidR="00250EEC" w:rsidSect="00BD12FB">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="709" w:bottom="709" w:left="1021" w:header="284" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00BD12FB" w:rsidRDefault="00BD12FB" w:rsidP="00BD12FB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00BD12FB" w:rsidRDefault="00BD12FB" w:rsidP="00BD12FB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -7046,104 +7071,106 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="210"/>
+  <w:zoom w:percent="160"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008A28DC"/>
     <w:rsid w:val="00017A46"/>
     <w:rsid w:val="001702D4"/>
     <w:rsid w:val="00235816"/>
     <w:rsid w:val="002B4E26"/>
     <w:rsid w:val="008359DA"/>
+    <w:rsid w:val="008A04D1"/>
     <w:rsid w:val="008A28DC"/>
     <w:rsid w:val="00BD12FB"/>
     <w:rsid w:val="00CA0E0B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="3FCCFAD9"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B41E473F-3AEB-46BB-A612-06AF10C53F35}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -7941,54 +7968,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1187</Words>
-  <Characters>6530</Characters>
+  <Words>1183</Words>
+  <Characters>6507</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>54</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7702</CharactersWithSpaces>
+  <CharactersWithSpaces>7675</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vicente</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>