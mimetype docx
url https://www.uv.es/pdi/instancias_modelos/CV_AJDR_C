--- v0 (2025-10-24)
+++ v1 (2026-02-10)
@@ -4,97 +4,97 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="4FA59C6D" w14:textId="77777777" w:rsidR="001674B6" w:rsidRDefault="001674B6" w:rsidP="00D60074">
+    <w:p w:rsidR="001674B6" w:rsidRDefault="001674B6" w:rsidP="00D60074">
       <w:pPr>
         <w:pStyle w:val="Ttulo4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F6EEC39" w14:textId="77777777" w:rsidR="008C4209" w:rsidRDefault="008C4209" w:rsidP="00E81113">
+    <w:p w:rsidR="008C4209" w:rsidRDefault="008C4209" w:rsidP="00E81113">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="2836"/>
           <w:tab w:val="left" w:pos="3545"/>
           <w:tab w:val="left" w:pos="4254"/>
           <w:tab w:val="left" w:pos="4963"/>
           <w:tab w:val="left" w:pos="5672"/>
           <w:tab w:val="left" w:pos="6381"/>
           <w:tab w:val="left" w:pos="7090"/>
           <w:tab w:val="left" w:pos="7799"/>
           <w:tab w:val="left" w:pos="8508"/>
           <w:tab w:val="left" w:pos="9217"/>
           <w:tab w:val="left" w:pos="9926"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D690C63" w14:textId="77777777" w:rsidR="008C4209" w:rsidRDefault="008C4209" w:rsidP="00E81113">
+    <w:p w:rsidR="008C4209" w:rsidRDefault="008C4209" w:rsidP="00E81113">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="2836"/>
           <w:tab w:val="left" w:pos="3545"/>
           <w:tab w:val="left" w:pos="4254"/>
           <w:tab w:val="left" w:pos="4963"/>
           <w:tab w:val="left" w:pos="5672"/>
           <w:tab w:val="left" w:pos="6381"/>
           <w:tab w:val="left" w:pos="7090"/>
           <w:tab w:val="left" w:pos="7799"/>
           <w:tab w:val="left" w:pos="8508"/>
           <w:tab w:val="left" w:pos="9217"/>
           <w:tab w:val="left" w:pos="9926"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma"/>
@@ -190,113 +190,113 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>DO</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF141B">
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E81113">
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>AYUDANTE DOCTOR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="420D2F52" w14:textId="77777777" w:rsidR="008C4209" w:rsidRPr="00BF141B" w:rsidRDefault="008C4209" w:rsidP="00E81113">
+    <w:p w:rsidR="008C4209" w:rsidRPr="00BF141B" w:rsidRDefault="008C4209" w:rsidP="00E81113">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="2836"/>
           <w:tab w:val="left" w:pos="3545"/>
           <w:tab w:val="left" w:pos="4254"/>
           <w:tab w:val="left" w:pos="4963"/>
           <w:tab w:val="left" w:pos="5672"/>
           <w:tab w:val="left" w:pos="6381"/>
           <w:tab w:val="left" w:pos="7090"/>
           <w:tab w:val="left" w:pos="7799"/>
           <w:tab w:val="left" w:pos="8508"/>
           <w:tab w:val="left" w:pos="9217"/>
           <w:tab w:val="left" w:pos="9926"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EDD3249" w14:textId="77777777" w:rsidR="008C4209" w:rsidRPr="008C4209" w:rsidRDefault="008C4209" w:rsidP="008C4209"/>
-    <w:p w14:paraId="56DED7A9" w14:textId="77777777" w:rsidR="000C219A" w:rsidRPr="007D390A" w:rsidRDefault="00B817AF" w:rsidP="000C219A">
+    <w:p w:rsidR="008C4209" w:rsidRPr="008C4209" w:rsidRDefault="008C4209" w:rsidP="008C4209"/>
+    <w:p w:rsidR="000C219A" w:rsidRPr="007D390A" w:rsidRDefault="00B817AF" w:rsidP="000C219A">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D390A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>La presentación del currículum se hará necesariamente siguiendo este modelo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E0450A0" w14:textId="77777777" w:rsidR="00DC5A58" w:rsidRPr="007D390A" w:rsidRDefault="00B817AF" w:rsidP="00EB2833">
+    <w:p w:rsidR="00DC5A58" w:rsidRPr="007D390A" w:rsidRDefault="00B817AF" w:rsidP="00EB2833">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D390A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">El currículum ha de recoger la </w:t>
@@ -338,78 +338,78 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, clasificados de acuerdo con la estructura de este modelo. Además, </w:t>
       </w:r>
       <w:r w:rsidRPr="007D390A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>respecto a cada mérito, será necesario especificar la información reseñada en cada ítem del modelo de currículum</w:t>
       </w:r>
       <w:r w:rsidRPr="007D390A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4695E8FC" w14:textId="77777777" w:rsidR="00DC5A58" w:rsidRPr="007D390A" w:rsidRDefault="00B817AF" w:rsidP="00EB2833">
+    <w:p w:rsidR="00DC5A58" w:rsidRPr="007D390A" w:rsidRDefault="00B817AF" w:rsidP="00EB2833">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D390A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Los documentos acreditativos de los méritos alegados se deberán indexar siguiendo el orden de paginación de la relación de méritos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0017E3BE" w14:textId="77777777" w:rsidR="005E1B64" w:rsidRDefault="00DC5A58" w:rsidP="005E1B64">
+    <w:p w:rsidR="005E1B64" w:rsidRDefault="00DC5A58" w:rsidP="005E1B64">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D390A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Cada contribució</w:t>
       </w:r>
@@ -437,84 +437,84 @@
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>solo debe</w:t>
       </w:r>
       <w:r w:rsidR="00B817AF" w:rsidRPr="007D390A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> figurar una vez</w:t>
       </w:r>
       <w:r w:rsidRPr="007D390A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F889B7C" w14:textId="77777777" w:rsidR="008C4209" w:rsidRDefault="008C4209" w:rsidP="008C4209">
+    <w:p w:rsidR="008C4209" w:rsidRDefault="008C4209" w:rsidP="008C4209">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2297"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="2546"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008C4209" w:rsidRPr="0071719C" w14:paraId="6D73404A" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="008C4209" w:rsidRPr="0071719C" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2297" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="26C1A503" w14:textId="77777777" w:rsidR="008C4209" w:rsidRPr="0071719C" w:rsidRDefault="008C4209" w:rsidP="003A4843">
+          <w:p w:rsidR="008C4209" w:rsidRPr="0071719C" w:rsidRDefault="008C4209" w:rsidP="003A4843">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Nom</w:t>
@@ -541,1359 +541,1229 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>y</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>apellido</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DE437B5" w14:textId="77777777" w:rsidR="008C4209" w:rsidRPr="00BF141B" w:rsidRDefault="008C4209" w:rsidP="003A4843">
+          <w:p w:rsidR="008C4209" w:rsidRPr="00BF141B" w:rsidRDefault="008C4209" w:rsidP="003A4843">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="673A0FDD" w14:textId="77777777" w:rsidR="008C4209" w:rsidRPr="00F31B14" w:rsidRDefault="008C4209" w:rsidP="003A4843">
+          <w:p w:rsidR="008C4209" w:rsidRPr="00F31B14" w:rsidRDefault="008C4209" w:rsidP="003A4843">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F31B14">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>DNI:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="397F8DE4" w14:textId="77777777" w:rsidR="008C4209" w:rsidRPr="00BF141B" w:rsidRDefault="008C4209" w:rsidP="003A4843">
+          <w:p w:rsidR="008C4209" w:rsidRPr="00BF141B" w:rsidRDefault="008C4209" w:rsidP="003A4843">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C4209" w:rsidRPr="0071719C" w14:paraId="7F1D8021" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="008C4209" w:rsidRPr="0071719C" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2297" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="79763643" w14:textId="77777777" w:rsidR="008C4209" w:rsidRPr="0071719C" w:rsidRDefault="008C4209" w:rsidP="003A4843">
+          <w:p w:rsidR="008C4209" w:rsidRPr="0071719C" w:rsidRDefault="008C4209" w:rsidP="003A4843">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
-              <w:t>Correo</w:t>
-[...35 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Correo electrónico:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="470CB162" w14:textId="77777777" w:rsidR="008C4209" w:rsidRPr="00BF141B" w:rsidRDefault="008C4209" w:rsidP="003A4843">
+          <w:p w:rsidR="008C4209" w:rsidRPr="00BF141B" w:rsidRDefault="008C4209" w:rsidP="003A4843">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CFDDEFB" w14:textId="77777777" w:rsidR="008C4209" w:rsidRPr="00BF141B" w:rsidRDefault="008C4209" w:rsidP="003A4843">
+          <w:p w:rsidR="008C4209" w:rsidRPr="00BF141B" w:rsidRDefault="008C4209" w:rsidP="003A4843">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
-              <w:t>Teléfono</w:t>
-[...11 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Teléfono:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42602FFB" w14:textId="77777777" w:rsidR="008C4209" w:rsidRPr="00BF141B" w:rsidRDefault="008C4209" w:rsidP="003A4843">
+          <w:p w:rsidR="008C4209" w:rsidRPr="00BF141B" w:rsidRDefault="008C4209" w:rsidP="003A4843">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C4209" w:rsidRPr="0071719C" w14:paraId="45034551" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="008C4209" w:rsidRPr="0071719C" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2297" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="29C96AED" w14:textId="77777777" w:rsidR="008C4209" w:rsidRDefault="008C4209" w:rsidP="003A4843">
+          <w:p w:rsidR="008C4209" w:rsidRDefault="008C4209" w:rsidP="003A4843">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">Número de </w:t>
-[...23 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Número de plaza:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F17C02B" w14:textId="77777777" w:rsidR="008C4209" w:rsidRPr="00BF141B" w:rsidRDefault="008C4209" w:rsidP="003A4843">
+          <w:p w:rsidR="008C4209" w:rsidRPr="00BF141B" w:rsidRDefault="008C4209" w:rsidP="003A4843">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D3402B2" w14:textId="77777777" w:rsidR="008C4209" w:rsidRPr="00BF141B" w:rsidRDefault="008C4209" w:rsidP="003A4843">
+          <w:p w:rsidR="008C4209" w:rsidRPr="00BF141B" w:rsidRDefault="008C4209" w:rsidP="003A4843">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F31B14">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Convocat</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r w:rsidRPr="00F31B14">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>ria</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3822" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F582EAC" w14:textId="1EDB517F" w:rsidR="008C4209" w:rsidRPr="00BF141B" w:rsidRDefault="00E81113" w:rsidP="003A4843">
+          <w:p w:rsidR="008C4209" w:rsidRPr="00BF141B" w:rsidRDefault="00E81113" w:rsidP="00102103">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Temporales</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="008C4209">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> núm. </w:t>
             </w:r>
             <w:r w:rsidR="008C4209" w:rsidRPr="00862595">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>[...]</w:t>
             </w:r>
             <w:r w:rsidR="008C4209">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Curso 202</w:t>
             </w:r>
-            <w:r w:rsidR="004011BF">
+            <w:r w:rsidR="00102103">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="008C4209">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="004011BF">
+            <w:r w:rsidR="00102103">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C4209" w:rsidRPr="0071719C" w14:paraId="686CA531" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="008C4209" w:rsidRPr="0071719C" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2297" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2986FD2F" w14:textId="77777777" w:rsidR="008C4209" w:rsidRDefault="008C4209" w:rsidP="003A4843">
+          <w:p w:rsidR="008C4209" w:rsidRDefault="008C4209" w:rsidP="003A4843">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
-              <w:t>Área</w:t>
-[...35 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Área de conocimiento:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AABB5DD" w14:textId="77777777" w:rsidR="008C4209" w:rsidRPr="00BF141B" w:rsidRDefault="008C4209" w:rsidP="003A4843">
+          <w:p w:rsidR="008C4209" w:rsidRPr="00BF141B" w:rsidRDefault="008C4209" w:rsidP="003A4843">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C4209" w:rsidRPr="0071719C" w14:paraId="79028349" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="008C4209" w:rsidRPr="0071719C" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2297" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2B0A34B3" w14:textId="77777777" w:rsidR="008C4209" w:rsidRDefault="008C4209" w:rsidP="003A4843">
+          <w:p w:rsidR="008C4209" w:rsidRDefault="008C4209" w:rsidP="003A4843">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
-              <w:t>Departamento</w:t>
-[...11 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Departamento:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41948015" w14:textId="77777777" w:rsidR="008C4209" w:rsidRPr="00BF141B" w:rsidRDefault="008C4209" w:rsidP="003A4843">
+          <w:p w:rsidR="008C4209" w:rsidRPr="00BF141B" w:rsidRDefault="008C4209" w:rsidP="003A4843">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C4209" w:rsidRPr="0071719C" w14:paraId="7EEE533A" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="008C4209" w:rsidRPr="0071719C" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2297" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="707389AB" w14:textId="77777777" w:rsidR="008C4209" w:rsidRDefault="008C4209" w:rsidP="003A4843">
+          <w:p w:rsidR="008C4209" w:rsidRDefault="008C4209" w:rsidP="003A4843">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Centro:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B755298" w14:textId="77777777" w:rsidR="008C4209" w:rsidRPr="00BF141B" w:rsidRDefault="008C4209" w:rsidP="003A4843">
+          <w:p w:rsidR="008C4209" w:rsidRPr="00BF141B" w:rsidRDefault="008C4209" w:rsidP="003A4843">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="17FBD940" w14:textId="77777777" w:rsidR="008C4209" w:rsidRPr="008C4209" w:rsidRDefault="008C4209" w:rsidP="008C4209">
+    <w:p w:rsidR="008C4209" w:rsidRPr="008C4209" w:rsidRDefault="008C4209" w:rsidP="008C4209">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33CA256C" w14:textId="77777777" w:rsidR="00164774" w:rsidRDefault="00164774" w:rsidP="00782445">
+    <w:p w:rsidR="00164774" w:rsidRDefault="00164774" w:rsidP="00782445">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="181"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="8128"/>
         <w:gridCol w:w="1677"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="771EDB76" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8553" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D0A6A69" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1.- FORMACIÓN </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ACADÉMICA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="43A1379A" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="001D7470" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="001D7470" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Acreditación en</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1ADEF9B9" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Archivo </w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">“1. Formación </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>académica</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="0ADB6DB5" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="75D632FA" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="356E9D6D" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">1.1 EXPEDIENTE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6F9A3B22" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Documentación acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="7E0CE836" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F0C7107" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B58DCD4" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>xpediente académico de los títulos utilizados para acceder al doctorado: grado + máster, diplomatura + máster, licenciatura, grado 300 créditos ECTS:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B1C8F33" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nota media:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71AE7DBA" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Título:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E1A3F7B" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Universidad:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="600235B6" w14:textId="77777777" w:rsidR="003A4843" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4FD373C3" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="003661DA" w14:paraId="170A3D57" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="003661DA" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="503560CB" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8128" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2ACF2B48" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="003661DA" w:rsidRDefault="003A4843" w:rsidP="005070C3">
+          <w:p w:rsidR="003A4843" w:rsidRPr="003661DA" w:rsidRDefault="003A4843" w:rsidP="005070C3">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Premio extraordinario </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">de grado o </w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>licenciatura:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68BC3355" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="003661DA" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="003661DA" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003661DA">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="41B17F94" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EDFF6F0" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8128" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71114833" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Premio </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -1908,1055 +1778,1055 @@
               </w:rPr>
               <w:t>licenciatura</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> o diplomatura</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F0BC5D6" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE0F26">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="099C9E1B" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51782CA1" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>d)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8128" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A54EA7E" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Premio extraordinario de máster</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76B49A9E" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE0F26">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="2C650E53" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="586A2B47" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8128" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C0B28D8" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Premio extraordinario de doctorado</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="532ACF71" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE0F26">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="2D2DA49D" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BE34BB0" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>f</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8128" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19DB67FF" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mención Europea/Internacional/Industrial al título de Doctor</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="113158F0" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE0F26">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="259E6115" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4B10E211" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61BD8782" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.2 OTROS TÍTULOS UNIVERSITARIOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3F045E31" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Documentación acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="511C760B" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47FF2FF4" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23DF8EDD" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Otros t</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ítulos de Doctor:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52788B5A" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Universidad</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7586D814" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D40C67">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="39B323A8" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BE96AB9" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>b</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8128" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54B0162B" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Otra m</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ención Europea/Internacional</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Industrial</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> al título de Doctor:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="024F5D18" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D40C67">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="6F4FEB7C" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="286BB7E1" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8128" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="477A0708" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Otros títulos oficiales (nivel de máster, licenciatura, grado, diplomatura o segundo ciclo)</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F6CA502" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Universidad</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7603152A" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D40C67">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="2D911F68" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6809DE5E" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8128" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DA4B2C2" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Títulos postgrados propios:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="126AAAED" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Universidad</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="212BEF89" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D40C67">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="336E9AF2" w14:textId="77777777" w:rsidR="003A4843" w:rsidRDefault="003A4843" w:rsidP="00782445">
+    <w:p w:rsidR="003A4843" w:rsidRDefault="003A4843" w:rsidP="00782445">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="181"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="8132"/>
         <w:gridCol w:w="1673"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="046842E8" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8557" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="353AF84D" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2.- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MÉRITOS DOCENTES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="32547944" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="001D7470" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="001D7470" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Acreditación en</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DBCF0A1" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Archivo </w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -2970,1461 +2840,1399 @@
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Méritos docentes</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="7846EA82" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2EDB7FD8" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35C458D6" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2.1 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DOCENCIA UNIVERSITARIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4890DBA3" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Documentación acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="5D6CCC6D" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="539F6573" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2503E018" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Docencia en títulos oficiales:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="20B8C11A" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Año y </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>fechas</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t xml:space="preserve"> de inicio y finalización:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AD4C7C0" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Categoría profesional y dedicación:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="000011A2" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Créditos impartidos:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DB11127" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Asignatura:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2CEBB979" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Departamento y Universidad:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A370FFA" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E7F7A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="0BDDA9D2" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31EB4CF0" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AF356C6" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Docencia en títulos propios:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5454BDA0" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t xml:space="preserve">Año y </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>fechas</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t xml:space="preserve"> de inicio y finalización:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51FB78D8" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Categoría profesional y dedicación:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3757C884" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Créditos impartidos:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DB445D2" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Asignatura:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47E76946" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Departamento y Universidad:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13BE700F" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E7F7A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="6AC11322" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51C8A3DF" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19437FE6" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Otra docencia universitaria impartida: cursos de formación docente universitaria, extensión universitaria, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">cursos de formación transversal en programas de doctorado, cursos en programas de estudios para extranjeros, </w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>etc.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D8E64E2" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E7F7A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="48B57F3C" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C07E1D0" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>d)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="256E8F9A" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Docencia como profesorado tutor en universidades a distancia:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D87D2C6" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t xml:space="preserve">Año y </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>fechas</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t xml:space="preserve"> de inicio y finalización:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EADC8DF" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Dedicación:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C001622" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Asignatura:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A5E11C2" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Departamento y Universidad:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65DC1F9C" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="003E7F7A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="003E7F7A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E7F7A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="6378BD55" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75DEF949" w14:textId="5408A9A9" w:rsidR="003A4843" w:rsidRDefault="007972C5" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRDefault="00102103" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>e)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="060E5338" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="001C18D2" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="001C18D2" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C18D2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tutor/a de empresa o institución de prácticas externas curriculares:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E9B3BD2" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="001C18D2" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="001C18D2" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001C18D2">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
-              <w:t>Año</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">Año y </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+              <w:t>fechas</w:t>
+            </w:r>
             <w:r w:rsidRPr="001C18D2">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve"> y </w:t>
-[...51 lines deleted...]
-          <w:p w14:paraId="5452D522" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+              <w:t>s de inicio y finalización:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C18D2">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
-              <w:t xml:space="preserve">Empresa o </w:t>
-[...19 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Empresa o institución:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08C75E49" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="003E7F7A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="003E7F7A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E7F7A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="3668A386" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2A04432B" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00918192" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2.2 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FORMACIÓN DOCENTE Y DOCENCIA NO UNIVERSITARIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="69247350" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Documentación acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="6D8E4BF1" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67561A5A" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6D3DE441" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Docencia en centros que imparten enseñanzas oficiales no universitarias</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A6A9196" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="00D510A7" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="00D510A7" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D510A7">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Curso:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="656030FC" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D510A7">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Centro:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36441960" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692117">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="0C0C2FD5" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0704551D" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C41F70D" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Por participar en proyectos de innovación educativa para la mejora docente:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19AF8C6F" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Proyecto:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EAB4893" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692117">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="014364AA" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A93BEBE" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="210959FD" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Por cursos recibidos de formación </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>para la docencia</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
@@ -4446,465 +4254,338 @@
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>impartidos por Universidades</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> u organismos oficiales</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7ECE0603" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Curso y núm. horas:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40C9AFC1" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Universidad</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> u organismo</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="146852F6" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005236B2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="32B87189" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11797134" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>d)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AF88824" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Por cursos recibidos de formación </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>en materia de igualdad, diversidad y/o sostenibilidad</w:t>
             </w:r>
+            <w:r w:rsidR="00102103" w:rsidRPr="007D390A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00102103" w:rsidRPr="007D390A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>impartidos por Universidades</w:t>
+            </w:r>
+            <w:r w:rsidR="00102103">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> u organismos oficiales</w:t>
+            </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B8BD7E2" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Curso y núm. horas:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2EE5D2A4" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Universidad</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> u organismo</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41CEB9BD" w14:textId="77777777" w:rsidR="003A4843" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:r w:rsidRPr="001328B2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="79E80EAB" w14:textId="77777777" w:rsidTr="003A4843">
-[...152 lines deleted...]
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="0E68DC74" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5687A457" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CB87EF0" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4918,699 +4599,699 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>OTROS MÉRITOS DOCENTES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3CEA9527" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Documentación acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="653861D2" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67DDF51A" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4910D1AB" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Miembro de tribunales de TFG o TFM:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25486431" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00990F8D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="48628B6E" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F0DB411" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BC1D6E8" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Aportaciones a congresos de innovación docente nacionales/internacionales</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="265E36E2" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Nacionales</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="076C4336" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Internacionales</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F5B308D" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00990F8D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="6B2C962A" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="078BDE9F" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BE81D35" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Organización o </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>asistencia a congresos de innovación docente:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32B52A82" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00990F8D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="202635EF" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2889BA67" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>d)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46C0BFAF" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Premios docentes</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B86743D" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E7000">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w14:paraId="5D90290D" w14:textId="77777777" w:rsidTr="003A4843">
+      <w:tr w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidTr="003A4843">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74EFC958" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>e)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E0C25AA" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Elaboración de material docente con ISBN o depositado en repositorios universitarios oficiales</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="230DA56E" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
+          <w:p w:rsidR="003A4843" w:rsidRPr="007D390A" w:rsidRDefault="003A4843" w:rsidP="003A4843">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E7000">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7E83CB7C" w14:textId="77777777" w:rsidR="003A4843" w:rsidRDefault="003A4843" w:rsidP="00782445">
+    <w:p w:rsidR="003A4843" w:rsidRDefault="003A4843" w:rsidP="00782445">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="181"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="8132"/>
         <w:gridCol w:w="1673"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w14:paraId="55AC4AEF" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8557" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2122463D" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">.- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>INVESTIGACIÓN, TRANSFERENCIA E INTERCAMBIO DE CONOCIMIENTO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3AED651B" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="001D7470" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="001D7470" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Acreditación en</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="404C9992" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Archivo </w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -5624,2232 +5305,2176 @@
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Investigación, transferencia e intercambio de conocimiento</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w14:paraId="354D8609" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4DC384F2" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60D014C0" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">.1 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PROGRAMAS DE FORMACIÓN Y CONTRATOS DE INVESTIGACIÓN Y TRANSFERENCIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="29B8E59D" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Documentación acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w14:paraId="2C48423F" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A1BE47A" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B191B07" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Programas de formación </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Programas de formación pre-doctoral </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">dirigidos a la realización de un doctorado </w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>con convocatoria pública competitiva:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D2E9504" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Programa:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F177A24" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Organismo que concede:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72B5A00D" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Fechas</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t xml:space="preserve"> de inicio y finalización:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3CC9FEFF" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E7F7A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w14:paraId="71A7618B" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B223AE8" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B3AD630" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Programas de formación </w:t>
-[...20 lines deleted...]
-          <w:p w14:paraId="3B37A550" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+              <w:t>Programas de formación post-doctoral con convocatoria pública competitiva:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Programa:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60CDB88A" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Organismo que concede:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F2D751A" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Fechas</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t xml:space="preserve"> de inicio y finalización:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DF240A9" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E7F7A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w14:paraId="07ED6EE1" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D55FCA5" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26CA1631" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Contratos </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">laborales </w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>de investigación</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> y transferencia</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> con universidades y centros públicos:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31C21DE2" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Título del proyecto:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F0136E6" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Entidad convocante/financiadora:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CA4008D" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Fechas</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t xml:space="preserve"> de inicio y finalización:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AB609BF" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Investigador principal:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64A0CD36" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E7F7A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w14:paraId="272EEE11" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3AC3748C" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="775AEB48" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">.2 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ACTIVIDAD INVESTIGADORA Y TRANSFERENCIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="760133D8" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Documentación acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w14:paraId="0F547F8D" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E6FBABF" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F5C108C" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Artículos en revistas especializadas nacionales/internacionales: </w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>(Clave: R = revista indexada, I = revista internacional no indexada, N = revista nacional no indexada, A = otros)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79F3988F" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Clave:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11308DA7" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Título:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0EB70222" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Autor/es (por orden de firma):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DD98A40" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Editorial y referencia publicación:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D99800F" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Páginas y año:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44D28BE0" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Indicios de calidad:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C4CF4B4" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692117">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w14:paraId="4AC0CACB" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37ADF5C0" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27B9A310" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Libros/capítulos de libro con ISBN </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">y/o DOI </w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">internacionales/nacionales (incluyendo traducciones y ediciones críticas): </w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>(Clave: L = libro de investigación con ISBN, C = capítulo de libro de investigación con ISBN, A = otros)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17B16E43" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Clave:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0CDFC4D4" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Título:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F8EAD3D" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Autor/es (por orden de firma):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F98EE28" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Editorial y</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> referencia publicación:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48F524B6" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Páginas y año:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F8E2C16" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Indicios de calidad:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C3E3D42" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692117">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w14:paraId="2A0D8D7B" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6130A1F7" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21C260DE" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Investigador principal </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>o miembro en</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Proyectos I+D obtenidos en convocatorias públicas competitivas universitarias/autonómicas/nacionales/internacionales:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="390AD9D9" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Título del proyecto:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70543252" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Entidad convocante/financiadora:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="691B617B" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
+          <w:p w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Fechas de inicio y finalización:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A77A8E3" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
+          <w:p w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Investigador principal:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B96FA4F" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
+          <w:p w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
             <w:r w:rsidRPr="00917123">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w14:paraId="26451780" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64F966EC" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>d)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EEE5143" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
+          <w:p w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Investigador principal </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>o miembro en</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Proyectos</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> del artículo 60 LOSU (art. 83 LOU) o de otros proyectos I+D:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27B055E7" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Título del proyecto</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>/contrato</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32DC3B3D" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
+          <w:p w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Fechas de inicio y finalización:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45D94F1A" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
+          <w:p w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Investigador principal:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CBC7E46" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
+          <w:p w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
             <w:r w:rsidRPr="00917123">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w14:paraId="2A3F71EE" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43A35BB2" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>e)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D019F77" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Aportaciones a </w:t>
             </w:r>
             <w:r w:rsidR="008F009E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ongresos nacionales/internacionales:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="724F9655" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Nacionales:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72472FB0" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
+          <w:p w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Internacionales:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FFD7A09" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
+          <w:p w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
             <w:r w:rsidRPr="00917123">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w14:paraId="5D66E018" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F0275F3" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>f)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C73D7D8" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
+          <w:p w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Licencias de propiedad industrial o intelectual en explotación:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="032C813E" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
+          <w:p w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
             <w:r w:rsidRPr="00917123">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w14:paraId="4833BC08" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EAFD7E1" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
+          <w:p w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>g)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AF9B771" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Premios de investigación</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> y transferencia</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> otorgados por organismos o instituciones científicas:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68FF48AF" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Premio y año:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="24944B3A" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
+          <w:p w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Organismo que concede:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6816A7E4" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
+          <w:p w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
             <w:r w:rsidRPr="00917123">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w14:paraId="13D0F982" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03C14F75" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A11F919" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Estancias oficiales en otras universidades o centros de investigación. </w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Se entenderá por estancia el tiempo de permanencia transitoria en una </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> o centro de investigación diferente de aquel con el que se mantenga un vínculo laboral o formativo. Duración mínima de la estancia: un mes consecutivo. Tie</w:t>
+              <w:t>Se entenderá por estancia el tiempo de permanencia transitoria en una Universitat o centro de investigación diferente de aquel con el que se mantenga un vínculo laboral o formativo. Duración mínima de la estancia: un mes consecutivo. Tie</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>mpo computable: máximo 24 meses:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E8DF366" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fechas</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> de inicio y finalización:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76BF562F" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="003B702E" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="003B702E" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Centro de destino</w:t>
             </w:r>
             <w:r w:rsidR="00165485">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="255A49E1" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005236B2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w14:paraId="5ED6DE5B" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5300AF9D" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C5E0D80" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7871,209 +7496,209 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>OTROS MÉRITOS DE INVESTIGACIÓN Y TRANSFERENCIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1F38BDD2" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Documentación acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w14:paraId="28416DD1" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="741D2452" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D0740C6" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Becas de colaboración</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> y otras becas de investigación y transferencia</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A4C9D75" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F6D0A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w14:paraId="01AEDC77" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="711EBC5F" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="432D735C" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="00D93DD3">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="00D93DD3">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Organización </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8088,308 +7713,307 @@
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>congresos científicos:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41AF6B29" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F6D0A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w14:paraId="23922435" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C4C692B" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A6B6959" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Cursos impartidos </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">o recibidos de </w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>actualización relacionados con la investigación:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55B533D4" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F6D0A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3883D714" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="00782445">
+    <w:p w:rsidR="008C1EAC" w:rsidRDefault="008C1EAC" w:rsidP="00782445">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="181"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34DEDB3B" w14:textId="77777777" w:rsidR="005070C3" w:rsidRDefault="005070C3" w:rsidP="00782445">
+    <w:p w:rsidR="005070C3" w:rsidRDefault="005070C3" w:rsidP="00782445">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="181"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="648D2C6A" w14:textId="77777777" w:rsidR="005070C3" w:rsidRDefault="005070C3" w:rsidP="00782445">
+    <w:p w:rsidR="005070C3" w:rsidRDefault="005070C3" w:rsidP="00782445">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="181"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="8131"/>
         <w:gridCol w:w="1674"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w14:paraId="6BC3010F" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8556" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16EDD160" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.- CONOCIMIENTO DE LA LENGUA PROPIA DE LA UNIVERSITAT DE VALÈNCIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1674" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3C8614CF" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="001D7470" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="001D7470" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Acreditación en</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7ED9273B" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008C1EAC">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Archivo </w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -8401,372 +8025,372 @@
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Conocimiento de la lengua propia de la UV”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w14:paraId="68266A51" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="330C9BC1" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05C005F8" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>lo se valorará el nivel más alto de cada concursante:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1674" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="32B1C02E" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Documentación acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w14:paraId="7729352E" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24C99BD1" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="656B541A" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nivel y organismo acreditativo:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1674" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6186459B" w14:textId="77777777" w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
+          <w:p w:rsidR="008C1EAC" w:rsidRPr="007D390A" w:rsidRDefault="008C1EAC" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="02EA18CE" w14:textId="77777777" w:rsidR="003A4843" w:rsidRDefault="003A4843" w:rsidP="00782445">
+    <w:p w:rsidR="003A4843" w:rsidRDefault="003A4843" w:rsidP="00782445">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="181"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="8134"/>
         <w:gridCol w:w="1671"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005070C3" w:rsidRPr="0071719C" w14:paraId="547DA775" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8559" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69C64A4F" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
+          <w:p w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">.- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>OTROS MÉRITOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="771DB0BC" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="001D7470" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
+          <w:p w:rsidR="005070C3" w:rsidRPr="001D7470" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Acreditació</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> en</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49120CB0" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="005070C3">
+          <w:p w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="005070C3">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Archivo </w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8781,447 +8405,373 @@
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Otros méritos</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005070C3" w:rsidRPr="0071719C" w14:paraId="02C8121F" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="738E2671" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
+          <w:p w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2F65AF51" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="00E92168" w:rsidRDefault="005070C3" w:rsidP="005070C3">
+          <w:p w:rsidR="005070C3" w:rsidRPr="00E92168" w:rsidRDefault="005070C3" w:rsidP="005070C3">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">.1 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">CONOCIMIENTO DE LENGUAS EXTRANJERAS </w:t>
             </w:r>
             <w:r w:rsidRPr="003B702E">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">(Solo se </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>(Solo se valorar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+              <w:t>á</w:t>
+            </w:r>
             <w:r w:rsidRPr="003B702E">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
-              <w:t>valorar</w:t>
-[...58 lines deleted...]
-              <w:t xml:space="preserve"> alto de cada llengua certificada):</w:t>
+              <w:t xml:space="preserve"> el nivel más alto de cada llengua certificada):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6B03906A" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
+          <w:p w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005070C3" w:rsidRPr="0071719C" w14:paraId="5C51DBA1" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="506BDA0C" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
+          <w:p w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5498CD56" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
+          <w:p w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Idioma:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="050A37F5" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
+          <w:p w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
-              <w:t>Nivel</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Nivel </w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>y organismo acreditativo:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74117211" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
+          <w:p w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
-              <w:t>Pág</w:t>
-[...8 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005070C3" w:rsidRPr="0071719C" w14:paraId="564BC490" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4B63873B" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
+          <w:p w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4447B0CF" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="005070C3">
+          <w:p w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="005070C3">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
@@ -9231,480 +8781,448 @@
               </w:rPr>
               <w:t xml:space="preserve">.2 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>GESTIÓN Y OTROS MÉRITOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0D56CEE4" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
+          <w:p w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005070C3" w:rsidRPr="0071719C" w14:paraId="28C47374" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33C0A9F2" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="005070C3">
+          <w:p w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="005070C3">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01447665" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="007D390A" w:rsidRDefault="005070C3" w:rsidP="005070C3">
+          <w:p w:rsidR="005070C3" w:rsidRPr="007D390A" w:rsidRDefault="005070C3" w:rsidP="005070C3">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Participación en comisiones de universidad y tareas de gestión:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A7EAD20" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="005070C3">
+          <w:p w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="005070C3">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F6737F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>á</w:t>
             </w:r>
             <w:r w:rsidRPr="00F6737F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
-              <w:t>g</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00F6737F">
+              <w:t>g.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidTr="008A11D5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="005070C3">
+            <w:pPr>
+              <w:pStyle w:val="Sangradetextonormal"/>
+              <w:tabs>
+                <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+              <w:t>b)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005070C3" w:rsidRPr="007D390A" w:rsidRDefault="005070C3" w:rsidP="005070C3">
+            <w:pPr>
+              <w:pStyle w:val="Sangradetextonormal"/>
+              <w:tabs>
+                <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D390A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Participación en órganos de representación universitaria:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005070C3" w:rsidRDefault="005070C3" w:rsidP="005070C3">
+            <w:r w:rsidRPr="002A74F4">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
-              <w:t>.</w:t>
+              <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005070C3" w:rsidRPr="0071719C" w14:paraId="5441B2A1" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="138DEB61" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="005070C3">
+          <w:p w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="005070C3">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
-              <w:t>b)</w:t>
+              <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="468BB198" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="007D390A" w:rsidRDefault="005070C3" w:rsidP="005070C3">
-[...83 lines deleted...]
-          <w:p w14:paraId="6DCD97B7" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="00F7613D" w:rsidRDefault="005070C3" w:rsidP="005070C3">
+          <w:p w:rsidR="005070C3" w:rsidRPr="00F7613D" w:rsidRDefault="005070C3" w:rsidP="005070C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Otros méritos no valorados en ningún otro apartado:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03423BFF" w14:textId="77777777" w:rsidR="005070C3" w:rsidRDefault="005070C3" w:rsidP="005070C3">
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="005070C3" w:rsidRDefault="005070C3" w:rsidP="005070C3">
             <w:r w:rsidRPr="002A74F4">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
-              <w:t>Pág</w:t>
-[...8 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="07766136" w14:textId="77777777" w:rsidR="003A4843" w:rsidRDefault="003A4843" w:rsidP="00782445">
+    <w:p w:rsidR="003A4843" w:rsidRDefault="003A4843" w:rsidP="00782445">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="181"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="8131"/>
         <w:gridCol w:w="1674"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005070C3" w:rsidRPr="007D390A" w14:paraId="45BA9165" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="005070C3" w:rsidRPr="007D390A" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8556" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="637BFB47" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="007D390A" w:rsidRDefault="005070C3" w:rsidP="005070C3">
+          <w:p w:rsidR="005070C3" w:rsidRPr="007D390A" w:rsidRDefault="005070C3" w:rsidP="005070C3">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">.- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MÉRITO PREFERENTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1674" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2663C882" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="001D7470" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
+          <w:p w:rsidR="005070C3" w:rsidRPr="001D7470" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Acreditación en</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D0FE46A" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="007D390A" w:rsidRDefault="005070C3" w:rsidP="005070C3">
+          <w:p w:rsidR="005070C3" w:rsidRPr="007D390A" w:rsidRDefault="005070C3" w:rsidP="005070C3">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Archivo </w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -9716,356 +9234,356 @@
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Mérito preferente”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005070C3" w:rsidRPr="007D390A" w14:paraId="0A23BD87" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="005070C3" w:rsidRPr="007D390A" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2168B632" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="007D390A" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
+          <w:p w:rsidR="005070C3" w:rsidRPr="007D390A" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49226239" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="007D390A" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
+          <w:p w:rsidR="005070C3" w:rsidRPr="007D390A" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1674" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="471EF82D" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="007D390A" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
+          <w:p w:rsidR="005070C3" w:rsidRPr="007D390A" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Documentación acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005070C3" w:rsidRPr="007D390A" w14:paraId="3D83D6CA" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="005070C3" w:rsidRPr="007D390A" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="182A9C18" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="007D390A" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
+          <w:p w:rsidR="005070C3" w:rsidRPr="007D390A" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35B2F31A" w14:textId="77777777" w:rsidR="005070C3" w:rsidRDefault="005070C3" w:rsidP="005070C3">
+          <w:p w:rsidR="005070C3" w:rsidRDefault="005070C3" w:rsidP="005070C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Acreditación a ayudante doctor o figura superior:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D24F0A2" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="007D390A" w:rsidRDefault="005070C3" w:rsidP="005070C3">
+          <w:p w:rsidR="005070C3" w:rsidRPr="007D390A" w:rsidRDefault="005070C3" w:rsidP="005070C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Acreditación</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1674" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D303590" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="007D390A" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
+          <w:p w:rsidR="005070C3" w:rsidRPr="007D390A" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="05D3D86E" w14:textId="77777777" w:rsidR="005070C3" w:rsidRDefault="005070C3" w:rsidP="00782445">
+    <w:p w:rsidR="005070C3" w:rsidRDefault="005070C3" w:rsidP="00782445">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="181"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="8134"/>
         <w:gridCol w:w="1671"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005070C3" w:rsidRPr="0071719C" w14:paraId="13B8019F" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8559" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B22ADA8" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
+          <w:p w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>7.- MEDIDAS DE ACCIÓN POSITIVA PARA LA IGUALDAD DE OPORTUNIDADES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6C6CDA9F" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="001D7470" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
+          <w:p w:rsidR="005070C3" w:rsidRPr="001D7470" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Acreditació</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> en</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="270C08BD" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
+          <w:p w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Archivo </w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -10080,1445 +9598,424 @@
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Medidas de acción positiva para la igualdad de oportunidades</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005070C3" w:rsidRPr="0071719C" w14:paraId="13888A37" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1522E4C4" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
+          <w:p w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="76AEE8EC" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="00E92168" w:rsidRDefault="00FF67A7" w:rsidP="008A11D5">
+          <w:p w:rsidR="005070C3" w:rsidRPr="00E92168" w:rsidRDefault="00FF67A7" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B6223">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">Permisos, </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">Permisos, licencias o excedencias por razones de nacimiento, gestación, embarazo, guarda con fines de adopción, acogida o adopción, lactancia o situaciones análogas, por razones de conciliación o </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+              <w:t>cuidado</w:t>
+            </w:r>
             <w:r w:rsidRPr="002B6223">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
-              <w:t>licencias</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> de hijos e hijas, familiares o personas dependientes, por violencia de género, así como bajas por incapacidad temporal por enfermedad </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+              <w:t>que superen las 1</w:t>
+            </w:r>
             <w:r w:rsidRPr="002B6223">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve"> o </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>6 semanas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> continuades de baja (computándose solo el período que supere las 16 semanas)</w:t>
+            </w:r>
             <w:r w:rsidRPr="002B6223">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
-              <w:t>excedencias</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">, siempre que </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+              <w:t>estas situacions hayan ocurrido</w:t>
+            </w:r>
             <w:r w:rsidRPr="002B6223">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve"> por </w:t>
-[...1013 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> durante el ejercicio de la actividad docente e investigadora en universidades y centros de investigación: 0,05 puntos por semana. De igual forma se valorarán las situaciones de discapacidad reconocida (certificado de discapacidad desde 33% hasta 64%: máximo 1 punto; desde 65%: máximo 2 puntos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F2AAF01" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
+          <w:p w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005070C3" w:rsidRPr="0071719C" w14:paraId="7E957942" w14:textId="77777777" w:rsidTr="008A11D5">
+      <w:tr w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidTr="008A11D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="782B1314" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
+          <w:p w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2787E1D3" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="007B32A3" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
+          <w:p w:rsidR="005070C3" w:rsidRPr="007B32A3" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Situación</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00D93DD3">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22EF235C" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
+          <w:p w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
-              <w:t>Fechas</w:t>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Fechas de inicio y finalización</w:t>
+            </w:r>
             <w:r w:rsidRPr="007B32A3">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B2C53BE" w14:textId="77777777" w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
+          <w:p w:rsidR="005070C3" w:rsidRPr="0071719C" w:rsidRDefault="005070C3" w:rsidP="008A11D5">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
-              <w:t>Pág</w:t>
-[...8 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4759E5FE" w14:textId="77777777" w:rsidR="00E81113" w:rsidRPr="007D390A" w:rsidRDefault="00E81113" w:rsidP="005070C3">
+    <w:p w:rsidR="00E81113" w:rsidRPr="007D390A" w:rsidRDefault="00E81113" w:rsidP="005070C3">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="181"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E81113" w:rsidRPr="007D390A" w:rsidSect="00EB2833">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1985" w:right="758" w:bottom="709" w:left="1276" w:header="426" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1BDC2C55" w14:textId="77777777" w:rsidR="003A4843" w:rsidRDefault="003A4843" w:rsidP="00531F54">
+    <w:p w:rsidR="003A4843" w:rsidRDefault="003A4843" w:rsidP="00531F54">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7CF63256" w14:textId="77777777" w:rsidR="003A4843" w:rsidRDefault="003A4843" w:rsidP="00531F54">
+    <w:p w:rsidR="003A4843" w:rsidRDefault="003A4843" w:rsidP="00531F54">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -11529,153 +10026,153 @@
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1915080818"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="0965846B" w14:textId="77777777" w:rsidR="003A4843" w:rsidRPr="007C5BD6" w:rsidRDefault="00C056CA">
+      <w:p w:rsidR="003A4843" w:rsidRPr="007C5BD6" w:rsidRDefault="00C056CA">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="007C5BD6">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="003A4843" w:rsidRPr="007C5BD6">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="007C5BD6">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00FF67A7">
+        <w:r w:rsidR="00102103">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="007C5BD6">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="1695B12D" w14:textId="77777777" w:rsidR="003A4843" w:rsidRDefault="003A4843">
+  <w:p w:rsidR="003A4843" w:rsidRDefault="003A4843">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5ED9156B" w14:textId="77777777" w:rsidR="003A4843" w:rsidRDefault="003A4843" w:rsidP="00531F54">
+    <w:p w:rsidR="003A4843" w:rsidRDefault="003A4843" w:rsidP="00531F54">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="260ACFF4" w14:textId="77777777" w:rsidR="003A4843" w:rsidRDefault="003A4843" w:rsidP="00531F54">
+    <w:p w:rsidR="003A4843" w:rsidRDefault="003A4843" w:rsidP="00531F54">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="77F61106" w14:textId="77777777" w:rsidR="003A4843" w:rsidRDefault="003A4843">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="003A4843" w:rsidRDefault="003A4843">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6281A791" wp14:editId="2306576B">
+        <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2245995" cy="929005"/>
           <wp:effectExtent l="0" t="0" r="1905" b="4445"/>
           <wp:docPr id="3" name="Imagen 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
@@ -11684,51 +10181,51 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2245995" cy="929005"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00C07EEC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4B8A56E0"/>
     <w:lvl w:ilvl="0" w:tplc="B66A82D2">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1648" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -14387,123 +12884,122 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="15"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="160"/>
   <w:hideSpellingErrors/>
-  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="34817"/>
+    <o:shapedefaults v:ext="edit" spidmax="32769"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A2190B"/>
     <w:rsid w:val="000020B9"/>
     <w:rsid w:val="00010EA2"/>
     <w:rsid w:val="0001194B"/>
     <w:rsid w:val="00020798"/>
     <w:rsid w:val="00022E5B"/>
     <w:rsid w:val="00024867"/>
     <w:rsid w:val="00027CBF"/>
     <w:rsid w:val="000300B5"/>
     <w:rsid w:val="00033359"/>
     <w:rsid w:val="00034ABC"/>
     <w:rsid w:val="00035722"/>
     <w:rsid w:val="000402A1"/>
     <w:rsid w:val="0004218A"/>
     <w:rsid w:val="00045EB1"/>
     <w:rsid w:val="00046898"/>
     <w:rsid w:val="000508B1"/>
     <w:rsid w:val="000540F6"/>
     <w:rsid w:val="00065B02"/>
     <w:rsid w:val="000709F7"/>
     <w:rsid w:val="00073291"/>
     <w:rsid w:val="0007676C"/>
     <w:rsid w:val="00077D36"/>
     <w:rsid w:val="000839DA"/>
     <w:rsid w:val="00092936"/>
     <w:rsid w:val="00095081"/>
     <w:rsid w:val="00096522"/>
     <w:rsid w:val="000969DE"/>
     <w:rsid w:val="000978DF"/>
     <w:rsid w:val="000A09D0"/>
     <w:rsid w:val="000A2231"/>
     <w:rsid w:val="000A2658"/>
     <w:rsid w:val="000A3B9D"/>
     <w:rsid w:val="000A7603"/>
     <w:rsid w:val="000A7A8F"/>
     <w:rsid w:val="000B11AF"/>
     <w:rsid w:val="000B7D52"/>
     <w:rsid w:val="000C219A"/>
     <w:rsid w:val="000C2E52"/>
     <w:rsid w:val="000C3241"/>
     <w:rsid w:val="000C4ECB"/>
     <w:rsid w:val="000C5CD4"/>
     <w:rsid w:val="000D0A71"/>
     <w:rsid w:val="000D357C"/>
     <w:rsid w:val="000D4581"/>
     <w:rsid w:val="000D6D73"/>
     <w:rsid w:val="000E03BB"/>
     <w:rsid w:val="001009F0"/>
+    <w:rsid w:val="00102103"/>
     <w:rsid w:val="00120B1E"/>
     <w:rsid w:val="00126740"/>
     <w:rsid w:val="00130AD9"/>
     <w:rsid w:val="001315C3"/>
     <w:rsid w:val="00131B31"/>
     <w:rsid w:val="00134D63"/>
     <w:rsid w:val="00137A9C"/>
     <w:rsid w:val="00140809"/>
     <w:rsid w:val="00140DB2"/>
     <w:rsid w:val="00142F30"/>
     <w:rsid w:val="001539DF"/>
     <w:rsid w:val="00154903"/>
     <w:rsid w:val="001570B2"/>
     <w:rsid w:val="00161B32"/>
     <w:rsid w:val="00162077"/>
     <w:rsid w:val="00164774"/>
     <w:rsid w:val="00165485"/>
     <w:rsid w:val="00165819"/>
     <w:rsid w:val="001674B6"/>
     <w:rsid w:val="001679DC"/>
     <w:rsid w:val="001708CF"/>
     <w:rsid w:val="00171081"/>
     <w:rsid w:val="00172F4F"/>
     <w:rsid w:val="0017694E"/>
     <w:rsid w:val="00176DA8"/>
@@ -14615,51 +13111,50 @@
     <w:rsid w:val="003746CF"/>
     <w:rsid w:val="003758A9"/>
     <w:rsid w:val="0037653B"/>
     <w:rsid w:val="00386611"/>
     <w:rsid w:val="00391240"/>
     <w:rsid w:val="0039225F"/>
     <w:rsid w:val="00394A8B"/>
     <w:rsid w:val="00396E90"/>
     <w:rsid w:val="0039738A"/>
     <w:rsid w:val="003A44F5"/>
     <w:rsid w:val="003A4843"/>
     <w:rsid w:val="003A6F5C"/>
     <w:rsid w:val="003A78D2"/>
     <w:rsid w:val="003C1B05"/>
     <w:rsid w:val="003C24B2"/>
     <w:rsid w:val="003C59EF"/>
     <w:rsid w:val="003C69ED"/>
     <w:rsid w:val="003D3557"/>
     <w:rsid w:val="003D722F"/>
     <w:rsid w:val="003E66A2"/>
     <w:rsid w:val="003F0179"/>
     <w:rsid w:val="003F1CB8"/>
     <w:rsid w:val="003F1D00"/>
     <w:rsid w:val="003F47D9"/>
     <w:rsid w:val="003F7481"/>
-    <w:rsid w:val="004011BF"/>
     <w:rsid w:val="004027FB"/>
     <w:rsid w:val="004116CC"/>
     <w:rsid w:val="004255E7"/>
     <w:rsid w:val="00426285"/>
     <w:rsid w:val="00432294"/>
     <w:rsid w:val="004369E4"/>
     <w:rsid w:val="00436E1E"/>
     <w:rsid w:val="004420A2"/>
     <w:rsid w:val="00446787"/>
     <w:rsid w:val="004517A1"/>
     <w:rsid w:val="004553AE"/>
     <w:rsid w:val="00456BB2"/>
     <w:rsid w:val="00465708"/>
     <w:rsid w:val="00466AFC"/>
     <w:rsid w:val="00473D6D"/>
     <w:rsid w:val="00475A01"/>
     <w:rsid w:val="00481D35"/>
     <w:rsid w:val="00484C0B"/>
     <w:rsid w:val="00491839"/>
     <w:rsid w:val="0049384F"/>
     <w:rsid w:val="00493E15"/>
     <w:rsid w:val="004942D4"/>
     <w:rsid w:val="00494FB7"/>
     <w:rsid w:val="00495B03"/>
     <w:rsid w:val="004A17F6"/>
@@ -14789,51 +13284,50 @@
     <w:rsid w:val="006F7703"/>
     <w:rsid w:val="00701948"/>
     <w:rsid w:val="0070352B"/>
     <w:rsid w:val="00710979"/>
     <w:rsid w:val="00711621"/>
     <w:rsid w:val="007124A4"/>
     <w:rsid w:val="0071663A"/>
     <w:rsid w:val="00720034"/>
     <w:rsid w:val="007252E8"/>
     <w:rsid w:val="00730000"/>
     <w:rsid w:val="00744F16"/>
     <w:rsid w:val="00745342"/>
     <w:rsid w:val="007471F7"/>
     <w:rsid w:val="00750319"/>
     <w:rsid w:val="00750D7E"/>
     <w:rsid w:val="00754188"/>
     <w:rsid w:val="00756954"/>
     <w:rsid w:val="00766DAF"/>
     <w:rsid w:val="0076791D"/>
     <w:rsid w:val="00767BB1"/>
     <w:rsid w:val="00777FBC"/>
     <w:rsid w:val="00782445"/>
     <w:rsid w:val="00784C35"/>
     <w:rsid w:val="007908C0"/>
     <w:rsid w:val="00791F2D"/>
-    <w:rsid w:val="007972C5"/>
     <w:rsid w:val="007A1363"/>
     <w:rsid w:val="007A1603"/>
     <w:rsid w:val="007A2814"/>
     <w:rsid w:val="007A37E1"/>
     <w:rsid w:val="007A72F7"/>
     <w:rsid w:val="007B03CA"/>
     <w:rsid w:val="007B4ADD"/>
     <w:rsid w:val="007B4F07"/>
     <w:rsid w:val="007C0B4A"/>
     <w:rsid w:val="007C4341"/>
     <w:rsid w:val="007C5BD6"/>
     <w:rsid w:val="007D05AC"/>
     <w:rsid w:val="007D060D"/>
     <w:rsid w:val="007D390A"/>
     <w:rsid w:val="007D6859"/>
     <w:rsid w:val="007E2564"/>
     <w:rsid w:val="007E55FD"/>
     <w:rsid w:val="007F2F94"/>
     <w:rsid w:val="007F4FAC"/>
     <w:rsid w:val="007F7503"/>
     <w:rsid w:val="00800399"/>
     <w:rsid w:val="0080371D"/>
     <w:rsid w:val="0080461F"/>
     <w:rsid w:val="00804E04"/>
     <w:rsid w:val="008101F7"/>
@@ -15179,74 +13673,74 @@
     <w:rsid w:val="00FC4550"/>
     <w:rsid w:val="00FC4D22"/>
     <w:rsid w:val="00FC5469"/>
     <w:rsid w:val="00FD460B"/>
     <w:rsid w:val="00FE1CDA"/>
     <w:rsid w:val="00FF5544"/>
     <w:rsid w:val="00FF67A7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="34817"/>
+    <o:shapedefaults v:ext="edit" spidmax="32769"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="53DAD2A3"/>
+  <w14:docId w14:val="21674DBA"/>
   <w15:docId w15:val="{6156422D-53B1-4931-9801-2C0C2173905B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -15567,55 +14061,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00CA7EDE"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:qFormat/>
     <w:rsid w:val="007252E8"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
@@ -15931,51 +14420,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculovisitado">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="000C219A"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SangradetextonormalCar">
     <w:name w:val="Sangría de texto normal Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Sangradetextonormal"/>
     <w:rsid w:val="00FF5544"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="257763017">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="388306537">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -16359,79 +14848,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DA5B112-3B84-4A7B-AFE9-113ACE6A6DD6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5F8DE29E-783D-4E01-AAFE-2E4AAFB66453}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1374</Words>
-  <Characters>7562</Characters>
+  <Words>1357</Words>
+  <Characters>7464</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>63</Lines>
+  <Lines>62</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>REGLAMENT DE SELECCIÓ DEL PERSONAL DOCENT I INVESTIGADOR DE LA UNIVERSITAT DE VALÈNCIA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Servei d'Informàtica</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8919</CharactersWithSpaces>
+  <CharactersWithSpaces>8804</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>REGLAMENT DE SELECCIÓ DEL PERSONAL DOCENT I INVESTIGADOR DE LA UNIVERSITAT DE VALÈNCIA</dc:title>
   <dc:creator>Teresa;Trice</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>