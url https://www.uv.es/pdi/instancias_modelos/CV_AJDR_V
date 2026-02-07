--- v0 (2025-10-02)
+++ v1 (2026-02-07)
@@ -4,95 +4,95 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="629DD805" w14:textId="77777777" w:rsidR="008A0E6F" w:rsidRPr="0071719C" w:rsidRDefault="008A0E6F" w:rsidP="008A0E6F">
+    <w:p w:rsidR="008A0E6F" w:rsidRPr="0071719C" w:rsidRDefault="008A0E6F" w:rsidP="008A0E6F">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C750FEE" w14:textId="77777777" w:rsidR="00971D99" w:rsidRDefault="00971D99" w:rsidP="00971D99">
+    <w:p w:rsidR="00971D99" w:rsidRDefault="00971D99" w:rsidP="00971D99">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="2836"/>
           <w:tab w:val="left" w:pos="3545"/>
           <w:tab w:val="left" w:pos="4254"/>
           <w:tab w:val="left" w:pos="4963"/>
           <w:tab w:val="left" w:pos="5672"/>
           <w:tab w:val="left" w:pos="6381"/>
           <w:tab w:val="left" w:pos="7090"/>
           <w:tab w:val="left" w:pos="7799"/>
           <w:tab w:val="left" w:pos="8508"/>
           <w:tab w:val="left" w:pos="9217"/>
           <w:tab w:val="left" w:pos="9926"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11F10EAE" w14:textId="77777777" w:rsidR="00971D99" w:rsidRDefault="00971D99" w:rsidP="00971D99">
+    <w:p w:rsidR="00971D99" w:rsidRDefault="00971D99" w:rsidP="00971D99">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="2836"/>
           <w:tab w:val="left" w:pos="3545"/>
           <w:tab w:val="left" w:pos="4254"/>
           <w:tab w:val="left" w:pos="4963"/>
           <w:tab w:val="left" w:pos="5672"/>
           <w:tab w:val="left" w:pos="6381"/>
           <w:tab w:val="left" w:pos="7090"/>
           <w:tab w:val="left" w:pos="7799"/>
           <w:tab w:val="left" w:pos="8508"/>
           <w:tab w:val="left" w:pos="9217"/>
           <w:tab w:val="left" w:pos="9926"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma"/>
@@ -176,406 +176,360 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF141B">
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>AJUDANT DOCTOR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67CCEE4B" w14:textId="77777777" w:rsidR="00971D99" w:rsidRPr="00BF141B" w:rsidRDefault="00971D99" w:rsidP="00971D99">
+    <w:p w:rsidR="00971D99" w:rsidRPr="00BF141B" w:rsidRDefault="00971D99" w:rsidP="00971D99">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="2836"/>
           <w:tab w:val="left" w:pos="3545"/>
           <w:tab w:val="left" w:pos="4254"/>
           <w:tab w:val="left" w:pos="4963"/>
           <w:tab w:val="left" w:pos="5672"/>
           <w:tab w:val="left" w:pos="6381"/>
           <w:tab w:val="left" w:pos="7090"/>
           <w:tab w:val="left" w:pos="7799"/>
           <w:tab w:val="left" w:pos="8508"/>
           <w:tab w:val="left" w:pos="9217"/>
           <w:tab w:val="left" w:pos="9926"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BDE9F38" w14:textId="77777777" w:rsidR="006314D6" w:rsidRDefault="006314D6" w:rsidP="006314D6">
+    <w:p w:rsidR="006314D6" w:rsidRDefault="006314D6" w:rsidP="006314D6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="2836"/>
           <w:tab w:val="left" w:pos="3545"/>
           <w:tab w:val="left" w:pos="4254"/>
           <w:tab w:val="left" w:pos="4963"/>
           <w:tab w:val="left" w:pos="5672"/>
           <w:tab w:val="left" w:pos="6381"/>
           <w:tab w:val="left" w:pos="7090"/>
           <w:tab w:val="left" w:pos="7799"/>
           <w:tab w:val="left" w:pos="8508"/>
           <w:tab w:val="left" w:pos="9217"/>
           <w:tab w:val="left" w:pos="9926"/>
         </w:tabs>
         <w:ind w:left="-180"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="668EF75D" w14:textId="77777777" w:rsidR="00971D99" w:rsidRDefault="00971D99" w:rsidP="006314D6">
+    <w:p w:rsidR="00971D99" w:rsidRDefault="00971D99" w:rsidP="006314D6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="2836"/>
           <w:tab w:val="left" w:pos="3545"/>
           <w:tab w:val="left" w:pos="4254"/>
           <w:tab w:val="left" w:pos="4963"/>
           <w:tab w:val="left" w:pos="5672"/>
           <w:tab w:val="left" w:pos="6381"/>
           <w:tab w:val="left" w:pos="7090"/>
           <w:tab w:val="left" w:pos="7799"/>
           <w:tab w:val="left" w:pos="8508"/>
           <w:tab w:val="left" w:pos="9217"/>
           <w:tab w:val="left" w:pos="9926"/>
         </w:tabs>
         <w:ind w:left="-180"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15B4AAB1" w14:textId="77777777" w:rsidR="001E464D" w:rsidRPr="0071719C" w:rsidRDefault="001E464D" w:rsidP="00EB2833">
+    <w:p w:rsidR="001E464D" w:rsidRPr="0071719C" w:rsidRDefault="001E464D" w:rsidP="00EB2833">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0071719C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">La presentació del currículum es farà necessàriament mitjançant aquest model. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F04FE19" w14:textId="77777777" w:rsidR="00DC5A58" w:rsidRPr="0071719C" w:rsidRDefault="00DC5A58" w:rsidP="00EB2833">
+    <w:p w:rsidR="00DC5A58" w:rsidRPr="0071719C" w:rsidRDefault="00DC5A58" w:rsidP="00EB2833">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0071719C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">El currículum ha de recollir la </w:t>
       </w:r>
       <w:r w:rsidRPr="0071719C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">relació exhaustiva de tots els mèrits </w:t>
       </w:r>
       <w:r w:rsidR="00AE6FB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">que se sol·licita </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> avaluats</w:t>
+        <w:t>que se sol·licita siguen avaluats</w:t>
       </w:r>
       <w:r w:rsidRPr="0071719C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, classificats d’acord amb l’estructura d’aquest model. A més, </w:t>
       </w:r>
       <w:r w:rsidRPr="0071719C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>respecte de cada mèri</w:t>
       </w:r>
       <w:r w:rsidR="00AB3EF5" w:rsidRPr="0071719C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">t, serà necessari especificar la </w:t>
       </w:r>
       <w:r w:rsidRPr="0071719C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>informació ressenyada en cada ítem del model de currículum.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D94EEF6" w14:textId="77777777" w:rsidR="00DC5A58" w:rsidRPr="0071719C" w:rsidRDefault="00DC5A58" w:rsidP="00EB2833">
+    <w:p w:rsidR="00DC5A58" w:rsidRPr="0071719C" w:rsidRDefault="00DC5A58" w:rsidP="00EB2833">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0071719C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Els documents acreditatius dels mèrits </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> s’hauran d’annexar seguint l’ordre de paginació de la relació de mèrits.</w:t>
+        <w:t>Els documents acreditatius dels mèrits al.legats s’hauran d’annexar seguint l’ordre de paginació de la relació de mèrits.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="259FF9BB" w14:textId="77777777" w:rsidR="008A0E6F" w:rsidRPr="00971D99" w:rsidRDefault="00DC5A58" w:rsidP="00731EE8">
+    <w:p w:rsidR="008A0E6F" w:rsidRPr="00971D99" w:rsidRDefault="00DC5A58" w:rsidP="00731EE8">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00971D99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>Cada contribució només ha de figurar una vegada.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="053C54C7" w14:textId="77777777" w:rsidR="00971D99" w:rsidRDefault="00971D99" w:rsidP="00971D99">
+    <w:p w:rsidR="00971D99" w:rsidRDefault="00971D99" w:rsidP="00971D99">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="768D0199" w14:textId="77777777" w:rsidR="00971D99" w:rsidRDefault="00971D99" w:rsidP="00971D99">
+    <w:p w:rsidR="00971D99" w:rsidRDefault="00971D99" w:rsidP="00971D99">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2269"/>
         <w:gridCol w:w="2722"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="2688"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00971D99" w:rsidRPr="0071719C" w14:paraId="09C27FCA" w14:textId="77777777" w:rsidTr="0045224B">
+      <w:tr w:rsidR="00971D99" w:rsidRPr="0071719C" w:rsidTr="0045224B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1A834A56" w14:textId="77777777" w:rsidR="00971D99" w:rsidRPr="0071719C" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
+          <w:p w:rsidR="00971D99" w:rsidRPr="0071719C" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Nom i c</w:t>
@@ -588,1169 +542,1117 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>ognoms</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4281" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39C7938B" w14:textId="77777777" w:rsidR="00971D99" w:rsidRPr="00BF141B" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
+          <w:p w:rsidR="00971D99" w:rsidRPr="00BF141B" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38740E38" w14:textId="77777777" w:rsidR="00971D99" w:rsidRPr="00F31B14" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
+          <w:p w:rsidR="00971D99" w:rsidRPr="00F31B14" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F31B14">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>DNI:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2688" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57524233" w14:textId="77777777" w:rsidR="00971D99" w:rsidRPr="00BF141B" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
+          <w:p w:rsidR="00971D99" w:rsidRPr="00BF141B" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00971D99" w:rsidRPr="0071719C" w14:paraId="643A4BC4" w14:textId="77777777" w:rsidTr="0045224B">
+      <w:tr w:rsidR="00971D99" w:rsidRPr="0071719C" w:rsidTr="0045224B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="05AD1305" w14:textId="77777777" w:rsidR="00971D99" w:rsidRPr="0071719C" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
+          <w:p w:rsidR="00971D99" w:rsidRPr="0071719C" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Correu electrònic:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4281" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BBF67DA" w14:textId="77777777" w:rsidR="00971D99" w:rsidRPr="00BF141B" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
+          <w:p w:rsidR="00971D99" w:rsidRPr="00BF141B" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59000982" w14:textId="77777777" w:rsidR="00971D99" w:rsidRPr="00BF141B" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
+          <w:p w:rsidR="00971D99" w:rsidRPr="00BF141B" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Telèfon:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2688" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7179AEF8" w14:textId="77777777" w:rsidR="00971D99" w:rsidRPr="00BF141B" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
+          <w:p w:rsidR="00971D99" w:rsidRPr="00BF141B" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00971D99" w:rsidRPr="0071719C" w14:paraId="4EF7063D" w14:textId="77777777" w:rsidTr="0045224B">
+      <w:tr w:rsidR="00971D99" w:rsidRPr="0071719C" w:rsidTr="0045224B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2B7978CB" w14:textId="77777777" w:rsidR="00971D99" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
+          <w:p w:rsidR="00971D99" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Número de plaça:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2722" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E1BCE5F" w14:textId="77777777" w:rsidR="00971D99" w:rsidRPr="00BF141B" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
+          <w:p w:rsidR="00971D99" w:rsidRPr="00BF141B" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BC90F6B" w14:textId="77777777" w:rsidR="00971D99" w:rsidRPr="00BF141B" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
+          <w:p w:rsidR="00971D99" w:rsidRPr="00BF141B" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F31B14">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Convocatòria</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3680" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B614DEB" w14:textId="29D81655" w:rsidR="00971D99" w:rsidRPr="00BF141B" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
+          <w:p w:rsidR="00971D99" w:rsidRPr="00BF141B" w:rsidRDefault="00971D99" w:rsidP="006060D4">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Temporals núm. </w:t>
             </w:r>
             <w:r w:rsidRPr="0076128E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>[...]</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Curs 202</w:t>
             </w:r>
-            <w:r w:rsidR="00F43921">
+            <w:r w:rsidR="006060D4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="00F43921">
+            <w:r w:rsidR="006060D4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00971D99" w:rsidRPr="0071719C" w14:paraId="24B003E9" w14:textId="77777777" w:rsidTr="0045224B">
+      <w:tr w:rsidR="00971D99" w:rsidRPr="0071719C" w:rsidTr="0045224B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="75B73224" w14:textId="77777777" w:rsidR="00971D99" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
+          <w:p w:rsidR="00971D99" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Àrea de coneixement:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7961" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="100B8312" w14:textId="77777777" w:rsidR="00971D99" w:rsidRPr="00BF141B" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
+          <w:p w:rsidR="00971D99" w:rsidRPr="00BF141B" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00971D99" w:rsidRPr="0071719C" w14:paraId="75011F54" w14:textId="77777777" w:rsidTr="0045224B">
+      <w:tr w:rsidR="00971D99" w:rsidRPr="0071719C" w:rsidTr="0045224B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0F92C83B" w14:textId="77777777" w:rsidR="00971D99" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
+          <w:p w:rsidR="00971D99" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Departament:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7961" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D1836F5" w14:textId="77777777" w:rsidR="00971D99" w:rsidRPr="00BF141B" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
+          <w:p w:rsidR="00971D99" w:rsidRPr="00BF141B" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00971D99" w:rsidRPr="0071719C" w14:paraId="1D21EBB8" w14:textId="77777777" w:rsidTr="0045224B">
+      <w:tr w:rsidR="00971D99" w:rsidRPr="0071719C" w:rsidTr="0045224B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="471BE0E9" w14:textId="77777777" w:rsidR="00971D99" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
+          <w:p w:rsidR="00971D99" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Centre:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7961" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13902D2E" w14:textId="77777777" w:rsidR="00971D99" w:rsidRPr="00BF141B" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
+          <w:p w:rsidR="00971D99" w:rsidRPr="00BF141B" w:rsidRDefault="00971D99" w:rsidP="00731EE8">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="395CB98D" w14:textId="77777777" w:rsidR="00971D99" w:rsidRDefault="00971D99" w:rsidP="00971D99">
+    <w:p w:rsidR="00971D99" w:rsidRDefault="00971D99" w:rsidP="00971D99">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3547298B" w14:textId="77777777" w:rsidR="00971D99" w:rsidRDefault="00971D99" w:rsidP="00971D99">
+    <w:p w:rsidR="00971D99" w:rsidRDefault="00971D99" w:rsidP="00971D99">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="8130"/>
         <w:gridCol w:w="1675"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w14:paraId="0D1FCABC" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8555" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="061192BD" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="008B6029" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="008B6029" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">1.- FORMACIÓ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>ACADÈMICA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1675" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6B371CF2" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="001D7470" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
-[...8 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="00731EE8" w:rsidRPr="001D7470" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Acreditació</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> en</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C5E6A46" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arxiu </w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">“1. </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">“1. Formació </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>acadèmica</w:t>
+            </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Formació</w:t>
-[...25 lines deleted...]
-              </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w14:paraId="64FC3D71" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="17B156D5" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="095CD644" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">1.1 EXPEDIENT </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="49949A9C" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w14:paraId="7B5149FE" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BCE1209" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B96B204" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Expedient acadèmic ponderat dels títols utilitzats per accedir al doctorat:</w:t>
             </w:r>
             <w:r w:rsidRPr="008B6029">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
+              <w:t xml:space="preserve"> grau+màster</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B6029">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+              <w:t>diplomatura+màster,</w:t>
+            </w:r>
             <w:r w:rsidRPr="008B6029">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
-              <w:t>grau+màster</w:t>
-[...46 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> llicen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>ciatura, grau 300 crèdits ECTS:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F383FFD" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Nota mitjana:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7BFB7C30" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Títol:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79D82EE0" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Universitat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="758B47E0" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA233E">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w14:paraId="4C4565FB" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78908B95" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8130" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C47CC23" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Premi extraordinari </w:t>
             </w:r>
             <w:r w:rsidRPr="008B6029">
               <w:rPr>
                 <w:b/>
@@ -1771,111 +1673,111 @@
             </w:r>
             <w:r w:rsidRPr="008B6029">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> llicenciatura</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="496F420A" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA233E">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w14:paraId="3252EFB3" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D661AB0" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8130" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="711A96DE" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Premi </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -1887,611 +1789,611 @@
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>llicenciatura</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> o diplomatura:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="241AC70C" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA233E">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w14:paraId="1865EAF5" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32C285C9" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>d)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8130" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B934F1A" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Premi extraordinari de màster:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D4E858B" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA233E">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w14:paraId="3030898B" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18F37B18" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>e)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8130" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FC60323" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Premi extraordinari de doctorat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A733120" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:r w:rsidRPr="001A7F26">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w14:paraId="251F10B5" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51196925" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>f)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8130" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56E38D80" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Menció Europea/Internacional</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>/Industrial</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> al títol de Doctor:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72B85844" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:r w:rsidRPr="001A7F26">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w14:paraId="6C4A4FEB" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="33D0A7BA" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66BF5858" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>1.2 ALTRES TÍTOLS UNIVERSITARIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="55AD16A3" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w14:paraId="19D9AA5E" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79E8C901" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72741516" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Altres t</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>ítols de Doctor:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6A59D238" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Universitat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12E29779" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF0392">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w14:paraId="6585DD6E" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E698E79" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>b</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8130" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="428B85E2" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Altra m</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
@@ -2503,120 +2405,120 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>/Industrial</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> al títol de Doctor:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D9C0557" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF0392">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w14:paraId="61E65F1A" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B8CA47E" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8130" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D8F6651" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Altres t</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
@@ -2629,1426 +2531,1394 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>(nivell de màster, llicenciatura, g</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>rau, diplomatura o segon cicle)</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41550486" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Universitat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="759B4D03" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF0392">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w14:paraId="1D822247" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DDB61C1" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8130" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="444205E0" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Títols postgraus propis:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33E83745" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Universitat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E9D242F" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF0392">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2469B35E" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00971D99">
+    <w:p w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00971D99">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="8134"/>
         <w:gridCol w:w="1671"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w14:paraId="5DA8595C" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8559" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0612F21F" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">2.- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>MÈRITS DOCENTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1FDF41FE" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="001D7470" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
-[...8 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="00731EE8" w:rsidRPr="001D7470" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Acreditació</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> en</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52F35FA0" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arxiu </w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Mèrits docents</w:t>
+            </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w14:paraId="283B9B29" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1E790F44" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="254B6C50" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">2.1 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>DOCÈNCIA UNIVERSITÀRIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5986ECE9" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w14:paraId="03720A8C" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="11BC38AF" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7CD73B4E" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Docència en títols oficials:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="680B2634" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Any i dat</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>es d’inici i acabament:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0EC5974C" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Categoria professional i dedicació:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D4A027E" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Crèdits impartits:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B4E8B58" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Assignatura:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F447433" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Departament i Universitat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="002AC271" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C518A2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w14:paraId="594E6D52" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="490B57C1" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5332667B" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Docència en títols propis:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F926ECC" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Any i dat</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>es d’inici i acabament:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3FB17A73" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Categoria professional i dedicació:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16B36EAA" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Crèdits impartits:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7CA91DE9" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Assignatura:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EED6FA6" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Departament i Universitat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75E124D1" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C518A2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w14:paraId="00AA0A45" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30C4C552" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07D2AF29" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Altra docència universitària impartida: cursos de formació docent universitària, extensió universitària</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>, cursos de formació transversal en programes de doctorat, cursos en programes d’estudis per a estrangers</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>, etc.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38967F9A" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C518A2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="00731EE8" w14:paraId="29195C53" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="00731EE8" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1658ABF2" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>d)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62C92334" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Docència com a professorat tutor en universitats a d</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>istància</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59586163" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Any i dat</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>es d’inici i acabament:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E9CECE1" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Dedicació:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55384C61" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Assignatura:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6BD6FA81" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Departament i Universitat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31551BD4" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:r w:rsidRPr="005F00E1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="00731EE8" w14:paraId="6E600E7D" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="00731EE8" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CF79A7E" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>e)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51EEB268" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00037F05">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Tutor/a d’empresa o institució de pràctiques externes curriculars</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D3F296E" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Any i da</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>es d’inici i acabament:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B253F26" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Empresa o institució:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EF454A5" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:r w:rsidRPr="005F00E1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w14:paraId="2A0092E1" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7618B55D" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CF2969D" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -4067,377 +3937,377 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>FORMACIÓ DOCENT I DOCÈNCIA NO UNIVERSITÀRIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7188D92D" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w14:paraId="05AF65D9" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="730F7B35" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33F6864F" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Docència en </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>centres que imparteixen ensenyaments oficials no universitaris</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="138B4777" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Curs:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61414DA3" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Centre:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="214C42E7" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C518A2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w14:paraId="14AE0F5B" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34E2E5B6" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F935393" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Per participar en projectes d’innovació educativa per a la millora docent:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51FA3426" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="00037F05" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="00037F05" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Projecte:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06AF787D" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C518A2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w14:paraId="69205603" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="748FD585" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CFF49C0" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="256"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Per cursos rebuts de formació </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
@@ -4467,553 +4337,395 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>impartits per Universitats</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> o organismes oficials</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78BD1D18" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Curs i núm. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>d’</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>hores:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A121377" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Universitat</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> o organisme</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72816583" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C518A2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F001E" w:rsidRPr="0071719C" w14:paraId="2646446B" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1890A202" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="004F001E">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="004F001E">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>d)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FA3F64C" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="004F001E">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="004F001E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="256"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Per cursos rebuts de formació </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>en matèria d’igualtat, diversitat i/o sostenibilitat</w:t>
             </w:r>
+            <w:r w:rsidR="006060D4" w:rsidRPr="0071719C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006060D4" w:rsidRPr="0071719C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+              <w:t>impartits per Universitats</w:t>
+            </w:r>
+            <w:r w:rsidR="006060D4">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> o organismes oficials</w:t>
+            </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="502CBE11" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="004F001E">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="004F001E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Curs i núm. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>d’</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>hores:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F8460C6" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="004F001E">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="004F001E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="256"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Universitat</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> o organisme</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74817A85" w14:textId="77777777" w:rsidR="004F001E" w:rsidRDefault="004F001E" w:rsidP="004F001E">
+          <w:p w:rsidR="004F001E" w:rsidRDefault="004F001E" w:rsidP="004F001E">
             <w:r w:rsidRPr="00F33003">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F001E" w:rsidRPr="0071719C" w14:paraId="4D701052" w14:textId="77777777" w:rsidTr="00731EE8">
-[...184 lines deleted...]
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w14:paraId="61DFC0D7" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5F2EE5FD" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="253A10B3" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>2.3</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
@@ -5023,948 +4735,860 @@
               </w:rPr>
               <w:t xml:space="preserve"> ALTRES MÈRITS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>DOCENTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3F9F6B2F" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w14:paraId="6253E8AE" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FF5DEFB" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76782C15" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Membre de tribunals de TFG o TFM:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B4006DB" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F4085C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w14:paraId="0105FDEC" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4812556B" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0263CD88" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRDefault="004F001E" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRDefault="004F001E" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Aportacions</w:t>
             </w:r>
             <w:r w:rsidR="00731EE8">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> a congressos d’innovació docent nacionals/internacionals:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49D07DD9" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="004F001E">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="004F001E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Nacionals</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E78C473" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="004F001E">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="004F001E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Internacionals</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A155FB8" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="00F4085C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="00F4085C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F4085C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w14:paraId="7C1409E3" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DEB05AC" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C458781" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00037F05">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Organització o assistència a congressos d’innovació docent</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="326C3402" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="00F4085C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="00F4085C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F4085C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w14:paraId="62301DA5" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27CC4F83" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>d)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64132CC7" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00037F05">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Premis docents</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4EA9C67A" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="00F4085C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="00F4085C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F4085C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w14:paraId="3ACC4D76" w14:textId="77777777" w:rsidTr="00731EE8">
+      <w:tr w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidTr="00731EE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6AEE2F49" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>e)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E98F662" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="0071719C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00037F05">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">Elaboració de material docent amb ISBN o dipositat en </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> universitaris oficials</w:t>
+              <w:t>Elaboració de material docent amb ISBN o dipositat en repositoris universitaris oficials</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D30F8F9" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="00F4085C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
+          <w:p w:rsidR="00731EE8" w:rsidRPr="00F4085C" w:rsidRDefault="00731EE8" w:rsidP="00731EE8">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F4085C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4AC47C03" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00971D99">
+    <w:p w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00971D99">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="666"/>
         <w:gridCol w:w="7910"/>
         <w:gridCol w:w="1654"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004F001E" w:rsidRPr="0071719C" w14:paraId="4C54F64B" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8576" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6ED65841" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>.- INVESTIGACIÓ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>, TRANSFERÈNCIA I INTERCANVI DE CONEIXEMENT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3004954C" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="001D7470" w:rsidRDefault="004F001E" w:rsidP="00397898">
-[...8 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="004F001E" w:rsidRPr="001D7470" w:rsidRDefault="004F001E" w:rsidP="00397898">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Acreditació</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> en</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3AE05CCD" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arxiu </w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...62 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Investigació, transferència i intercanvi de coneixement</w:t>
+            </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F001E" w:rsidRPr="0071719C" w14:paraId="50D5D945" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="72798292" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A930763" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
@@ -5974,729 +5598,707 @@
               </w:rPr>
               <w:t>.1 PROGRAMES DE FORMACIÓ I CONTRACTES D’INVESTIGACIÓ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> I TRANSFERÈNCIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="358F2D9E" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F001E" w:rsidRPr="0071719C" w14:paraId="77096757" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36FD01DC" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="233D2DF0" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">Programes de formació </w:t>
-[...19 lines deleted...]
-              <w:t>-doctoral</w:t>
+              <w:t>Programes de formació pre-doctoral</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> dirigits a la realització d’un doctorat</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> amb convocatòria pública competitiva:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D1821EE" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Programa:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21DAAE2F" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Organisme que concedeix:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D590B54" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Da</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>es d’inici i acabament:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C146F94" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C518A2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F001E" w:rsidRPr="0071719C" w14:paraId="7993461F" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3ECE67FF" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F7870FD" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Programes de formació post-doctoral amb convocatòria pública competitiva:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A935B1A" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="-88"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Programa:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="221AA8F9" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Organisme que concedeix:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73D11898" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Da</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>es d’inici i acabament:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37A96BA4" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C518A2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F001E" w:rsidRPr="0071719C" w14:paraId="374DC39E" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21F60169" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75A0CD37" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Contractes </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">laborals </w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>d’investigació amb universitats i centres públics:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34EDC066" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Títol de</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t xml:space="preserve"> projecte:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FFAE7FE" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Entitat convocant/finançadora:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77A2B411" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Da</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>es d’inici i acabament:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37E2E43E" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Investigador principal:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="165ADFF0" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C518A2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F001E" w:rsidRPr="0071719C" w14:paraId="17F4FB9B" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3D565E8A" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35759B51" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
@@ -6706,358 +6308,358 @@
               </w:rPr>
               <w:t>.2 ACTIVITAT INVESTIGADORA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> I TRANSFERÈNCIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7BD43B54" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F001E" w:rsidRPr="0071719C" w14:paraId="05BC5B7B" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C6526FA" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F950B1A" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Articles en revistes especialitzades nacionals/internacionals</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Clau: R = revista indexada, I = revista internacional no indexada, N = revista nacional no indexada, A = altres)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53D7CCD2" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Clau:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18D96F1B" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Títol:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="688817FA" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Autors/es (per ordre de signatura):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="480CC25D" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Editorial i referència publicació:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C893CE2" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàgines i any:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27F16E70" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Indicis de qualitat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74268B56" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB1BC7">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F001E" w:rsidRPr="0071719C" w14:paraId="0ABAFC59" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="260E2D44" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08EB4A4C" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Llibres/capítols </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -7118,494 +6720,494 @@
               </w:rPr>
               <w:t xml:space="preserve"> d’investigació amb ISBN, C = capítol de </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>llibre</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> d’investigació amb ISBN; A = altres)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="458DE8C0" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Clau:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7026EEDB" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Títol:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="20A630FC" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Autors/es (per ordre de signatura):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22B1FCE7" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t xml:space="preserve">Editorial i </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>eferència publicació:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="213FFD17" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t xml:space="preserve">Pàgines i </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>ny:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2EDD26A9" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Indicis de qualitat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7520E9EC" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007104AD" w:rsidRPr="0071719C" w14:paraId="78B2CC13" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="426F8E51" w14:textId="77777777" w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidRDefault="007104AD" w:rsidP="007104AD">
+          <w:p w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidRDefault="007104AD" w:rsidP="007104AD">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CB384CE" w14:textId="77777777" w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidRDefault="007104AD" w:rsidP="007104AD">
+          <w:p w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidRDefault="007104AD" w:rsidP="007104AD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Investigador principal </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>o membre en</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> Projectes I+D obtinguts en convocatòries públiques competitives universitàries/autonòmiques/nacionals/internacionals:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DFAA256" w14:textId="77777777" w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidRDefault="007104AD" w:rsidP="007104AD">
+          <w:p w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidRDefault="007104AD" w:rsidP="007104AD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Títol del projecte:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33328C5E" w14:textId="77777777" w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidRDefault="007104AD" w:rsidP="007104AD">
+          <w:p w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidRDefault="007104AD" w:rsidP="007104AD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Entitat convocant/finançadora</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="353FC4CC" w14:textId="77777777" w:rsidR="007104AD" w:rsidRDefault="007104AD" w:rsidP="007104AD">
+          <w:p w:rsidR="007104AD" w:rsidRDefault="007104AD" w:rsidP="007104AD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Dades d’inici i acabament:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6A6D86FF" w14:textId="77777777" w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidRDefault="007104AD" w:rsidP="007104AD">
+          <w:p w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidRDefault="007104AD" w:rsidP="007104AD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Investigador </w:t>
             </w:r>
             <w:r w:rsidRPr="004F001E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>principal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06E0CA05" w14:textId="77777777" w:rsidR="007104AD" w:rsidRDefault="007104AD" w:rsidP="007104AD">
+          <w:p w:rsidR="007104AD" w:rsidRDefault="007104AD" w:rsidP="007104AD">
             <w:r w:rsidRPr="00DF64AD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007104AD" w:rsidRPr="004F001E" w14:paraId="576CD64A" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="007104AD" w:rsidRPr="004F001E" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E4BDFD2" w14:textId="77777777" w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidRDefault="007104AD" w:rsidP="007104AD">
+          <w:p w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidRDefault="007104AD" w:rsidP="007104AD">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>d)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FD68349" w14:textId="77777777" w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidRDefault="007104AD" w:rsidP="007104AD">
+          <w:p w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidRDefault="007104AD" w:rsidP="007104AD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Investigador principal </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7619,593 +7221,573 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">de projectes </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>de l’article 60 LOSU (83 LOU) o d’altres projectes I+D</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23775513" w14:textId="77777777" w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidRDefault="007104AD" w:rsidP="007104AD">
+          <w:p w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidRDefault="007104AD" w:rsidP="007104AD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Títol del projecte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>/contracte</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34076D4E" w14:textId="77777777" w:rsidR="007104AD" w:rsidRDefault="007104AD" w:rsidP="007104AD">
+          <w:p w:rsidR="007104AD" w:rsidRDefault="007104AD" w:rsidP="007104AD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Dades d’inici i acabament:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BF9140B" w14:textId="77777777" w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidRDefault="007104AD" w:rsidP="007104AD">
+          <w:p w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidRDefault="007104AD" w:rsidP="007104AD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Investigador </w:t>
             </w:r>
             <w:r w:rsidRPr="004F001E">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>principal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D82A125" w14:textId="77777777" w:rsidR="007104AD" w:rsidRDefault="007104AD" w:rsidP="007104AD">
+          <w:p w:rsidR="007104AD" w:rsidRDefault="007104AD" w:rsidP="007104AD">
             <w:r w:rsidRPr="00DF64AD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007104AD" w:rsidRPr="0071719C" w14:paraId="2FC26870" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0565CA86" w14:textId="77777777" w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidRDefault="007104AD" w:rsidP="007104AD">
+          <w:p w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidRDefault="007104AD" w:rsidP="007104AD">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>e)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D1730E7" w14:textId="77777777" w:rsidR="007104AD" w:rsidRDefault="007104AD" w:rsidP="007104AD">
+          <w:p w:rsidR="007104AD" w:rsidRDefault="007104AD" w:rsidP="007104AD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Aportacions a congressos nacionals/internacionals</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DBBC690" w14:textId="77777777" w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidRDefault="007104AD" w:rsidP="007104AD">
+          <w:p w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidRDefault="007104AD" w:rsidP="007104AD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Nacionals:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57BD6870" w14:textId="77777777" w:rsidR="007104AD" w:rsidRPr="00AD5D6D" w:rsidRDefault="007104AD" w:rsidP="0068331C">
+          <w:p w:rsidR="007104AD" w:rsidRPr="00AD5D6D" w:rsidRDefault="007104AD" w:rsidP="0068331C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Internacionals</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="185C80B5" w14:textId="77777777" w:rsidR="007104AD" w:rsidRDefault="007104AD" w:rsidP="007104AD">
+          <w:p w:rsidR="007104AD" w:rsidRDefault="007104AD" w:rsidP="007104AD">
             <w:r w:rsidRPr="00DF64AD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007104AD" w:rsidRPr="0071719C" w14:paraId="2E25145E" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="502D4B81" w14:textId="77777777" w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidRDefault="007104AD" w:rsidP="007104AD">
+          <w:p w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidRDefault="007104AD" w:rsidP="007104AD">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>f)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74B68441" w14:textId="77777777" w:rsidR="007104AD" w:rsidRPr="00AD5D6D" w:rsidRDefault="007104AD" w:rsidP="007104AD">
+          <w:p w:rsidR="007104AD" w:rsidRPr="00AD5D6D" w:rsidRDefault="007104AD" w:rsidP="007104AD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Llicències de propietat industrial o intel·lectual en explotació</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18FC9D23" w14:textId="77777777" w:rsidR="007104AD" w:rsidRDefault="007104AD" w:rsidP="007104AD">
+          <w:p w:rsidR="007104AD" w:rsidRDefault="007104AD" w:rsidP="007104AD">
             <w:r w:rsidRPr="00DF64AD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007104AD" w:rsidRPr="0071719C" w14:paraId="51389414" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F8B2D04" w14:textId="77777777" w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidRDefault="007104AD" w:rsidP="007104AD">
+          <w:p w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidRDefault="007104AD" w:rsidP="007104AD">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>g)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="794AEE9B" w14:textId="77777777" w:rsidR="007104AD" w:rsidRDefault="007104AD" w:rsidP="007104AD">
+          <w:p w:rsidR="007104AD" w:rsidRDefault="007104AD" w:rsidP="007104AD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Premis d’investigació i transferència atorgats per organis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>mes o institucions científiques:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4AB0AFB0" w14:textId="77777777" w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidRDefault="007104AD" w:rsidP="007104AD">
+          <w:p w:rsidR="007104AD" w:rsidRPr="0071719C" w:rsidRDefault="007104AD" w:rsidP="007104AD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Premi i any:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7750C4AE" w14:textId="77777777" w:rsidR="007104AD" w:rsidRPr="00AD5D6D" w:rsidRDefault="007104AD" w:rsidP="0068331C">
+          <w:p w:rsidR="007104AD" w:rsidRPr="00AD5D6D" w:rsidRDefault="007104AD" w:rsidP="0068331C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Organisme</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:i/>
+              <w:t xml:space="preserve"> concedent:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007104AD" w:rsidRDefault="007104AD" w:rsidP="007104AD">
+            <w:r w:rsidRPr="00DF64AD">
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
-              <w:t>concedent</w:t>
-[...23 lines deleted...]
-              </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F001E" w:rsidRPr="0071719C" w14:paraId="24A24310" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02959D69" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40C465F7" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="007104AD">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="007104AD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Estades oficials en altres </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8216,219 +7798,197 @@
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>niversitats o centres d’investigació</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">S’entendrà per estada el temps de permanència transitòria en una Universitat o centre de investigació diferent d’aquell amb el qual es </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> un vincle laboral o formatiu. Durada mínima de l’estada: un mes consecutiu. Temps computable: màxim 24 mesos</w:t>
+              <w:t>S’entendrà per estada el temps de permanència transitòria en una Universitat o centre de investigació diferent d’aquell amb el qual es mantinga un vincle laboral o formatiu. Durada mínima de l’estada: un mes consecutiu. Temps computable: màxim 24 mesos</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49887DA3" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Da</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>es d’inici i acabament:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1448BCF2" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Centre de destinació:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45854484" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB1BC7">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F001E" w:rsidRPr="0071719C" w14:paraId="0731940E" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7FF37EBF" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B525F98" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
@@ -8456,1039 +8016,910 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>ALTRES MÈRITS D’INVESTIGACIÓ I TRANSFERÈNCIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="622A2DF2" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w14:paraId="56C6DA8A" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14098939" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4CE202A8" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Beques de col·laboració i altres beques d’investigació i transferència</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="158CD4A7" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB1BC7">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w14:paraId="0E5546C2" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25BAD21A" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B1AED7D" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Organització o assistència en congressos científics</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2315972C" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB1BC7">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w14:paraId="58DCC712" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="788836CC" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="0071719C" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CAB2467" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Cursos impartits o rebuts d’actualització relacionats amb la investigació</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CA0334B" w14:textId="77777777" w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
+          <w:p w:rsidR="004F001E" w:rsidRPr="00AD5D6D" w:rsidRDefault="004F001E" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB1BC7">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="28CDDD13" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00971D99">
+    <w:p w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00971D99">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CA6EC14" w14:textId="77777777" w:rsidR="0068331C" w:rsidRDefault="0068331C" w:rsidP="00971D99">
+    <w:p w:rsidR="0068331C" w:rsidRDefault="0068331C" w:rsidP="00971D99">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="8133"/>
         <w:gridCol w:w="1672"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008F6786" w:rsidRPr="0071719C" w14:paraId="3FA7DC96" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="008F6786" w:rsidRPr="0071719C" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8558" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2ABBB4BA" w14:textId="77777777" w:rsidR="008F6786" w:rsidRPr="0071719C" w:rsidRDefault="008F6786" w:rsidP="00397898">
+          <w:p w:rsidR="008F6786" w:rsidRPr="0071719C" w:rsidRDefault="008F6786" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>.- CONEIXEMENT DE LA LLENGUA PRÒPIA DE LA UNIVERSITAT DE VALÈNCIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7E1107FA" w14:textId="77777777" w:rsidR="008F6786" w:rsidRPr="001D7470" w:rsidRDefault="008F6786" w:rsidP="00397898">
-[...8 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="008F6786" w:rsidRPr="001D7470" w:rsidRDefault="008F6786" w:rsidP="00397898">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Acreditació</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Acreditació en</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F6786" w:rsidRPr="0071719C" w:rsidRDefault="008F6786" w:rsidP="008F6786">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arxiu </w:t>
+            </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...24 lines deleted...]
-            <w:r>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="001D7470">
-[...75 lines deleted...]
-              <w:t xml:space="preserve"> de la UV”</w:t>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Coneixement de la llengua pròpia de la UV”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F6786" w:rsidRPr="0071719C" w14:paraId="590EDB87" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="008F6786" w:rsidRPr="0071719C" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="25C63CBD" w14:textId="77777777" w:rsidR="008F6786" w:rsidRPr="0071719C" w:rsidRDefault="008F6786" w:rsidP="00397898">
+          <w:p w:rsidR="008F6786" w:rsidRPr="0071719C" w:rsidRDefault="008F6786" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8133" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4114D4C2" w14:textId="77777777" w:rsidR="008F6786" w:rsidRPr="0071719C" w:rsidRDefault="008F6786" w:rsidP="00397898">
+          <w:p w:rsidR="008F6786" w:rsidRPr="0071719C" w:rsidRDefault="008F6786" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Només es valorarà el nivell més alt de cada concursant:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5732F5DC" w14:textId="77777777" w:rsidR="008F6786" w:rsidRPr="0071719C" w:rsidRDefault="008F6786" w:rsidP="00397898">
+          <w:p w:rsidR="008F6786" w:rsidRPr="0071719C" w:rsidRDefault="008F6786" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F6786" w:rsidRPr="0071719C" w14:paraId="559D4312" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="008F6786" w:rsidRPr="0071719C" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A08A562" w14:textId="77777777" w:rsidR="008F6786" w:rsidRPr="0071719C" w:rsidRDefault="008F6786" w:rsidP="00397898">
+          <w:p w:rsidR="008F6786" w:rsidRPr="0071719C" w:rsidRDefault="008F6786" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8133" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28BD6430" w14:textId="77777777" w:rsidR="008F6786" w:rsidRPr="0071719C" w:rsidRDefault="008F6786" w:rsidP="00397898">
+          <w:p w:rsidR="008F6786" w:rsidRPr="0071719C" w:rsidRDefault="008F6786" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nivell i organisme </w:t>
-[...19 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Nivell i organisme acreditatitu:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04B95923" w14:textId="77777777" w:rsidR="008F6786" w:rsidRPr="0071719C" w:rsidRDefault="008F6786" w:rsidP="00397898">
+          <w:p w:rsidR="008F6786" w:rsidRPr="0071719C" w:rsidRDefault="008F6786" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0D22DB97" w14:textId="77777777" w:rsidR="007104AD" w:rsidRDefault="007104AD" w:rsidP="00971D99">
+    <w:p w:rsidR="007104AD" w:rsidRDefault="007104AD" w:rsidP="00971D99">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="8134"/>
         <w:gridCol w:w="1671"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DF61EE" w:rsidRPr="0071719C" w14:paraId="66947983" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8559" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D4EDF5D" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>.- ALTRES MÈRITS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="25DBAC68" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="001D7470" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
-[...8 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="001D7470" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Acreditació</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Acreditació en</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arxiu </w:t>
+            </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...30 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>“</w:t>
-[...7 lines deleted...]
-              <w:t>5</w:t>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Altres mèrits</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">. </w:t>
-[...34 lines deleted...]
-              </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF61EE" w:rsidRPr="0071719C" w14:paraId="0A1D91A9" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6906839C" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="39F3DC87" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="00E92168" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="00E92168" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
@@ -9541,226 +8972,226 @@
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5B5FED40" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF61EE" w:rsidRPr="0071719C" w14:paraId="2F1815D9" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B69B8F8" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="11E9BAE4" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Idioma:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4EB38A87" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Nivell i organisme acreditatiu:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58D644BE" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF61EE" w:rsidRPr="0071719C" w14:paraId="6D7D15EC" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4A0B0417" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23A8D387" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
@@ -9770,1128 +9201,943 @@
               </w:rPr>
               <w:t xml:space="preserve">.2 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>GESTIÓ I ALTRES MÈRITS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1EC7AE79" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF61EE" w:rsidRPr="0071719C" w14:paraId="5CE9C8A1" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72BEE0E3" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FC662DF" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="00A27942" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="00A27942" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A27942">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Participació en comissions d’universitat i tasques de gestió:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18CBC8F9" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F6737F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF61EE" w:rsidRPr="0071719C" w14:paraId="47490C25" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FC2AFF8" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AE56AA7" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="00A27942" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="00A27942" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A27942">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Participació en òrgans de representació universitària:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E394CEE" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F6737F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF61EE" w:rsidRPr="0071719C" w14:paraId="30245A4D" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5863BE6F" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="058D7DBF" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="00A27942" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="00A27942" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00A27942">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Altres mèrits no valorats en cap altre apartat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="201DBE90" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="0071719C" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F6737F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7DA91A74" w14:textId="77777777" w:rsidR="004F001E" w:rsidRDefault="004F001E" w:rsidP="00971D99">
+    <w:p w:rsidR="004F001E" w:rsidRDefault="004F001E" w:rsidP="00971D99">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="8131"/>
         <w:gridCol w:w="1674"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DF61EE" w:rsidRPr="007D390A" w14:paraId="7C19F662" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="00DF61EE" w:rsidRPr="007D390A" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8556" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B68D637" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="007D390A" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="007D390A" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">.- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MÈRIT PREFERENT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1674" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5FEEE268" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="001D7470" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
-[...8 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="001D7470" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Acreditació</w:t>
-[...12 lines deleted...]
-          <w:p w14:paraId="6A70953B" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="007D390A" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
+              <w:t>Acreditació en</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="007D390A" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arxiu </w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...33 lines deleted...]
-              <w:t>”</w:t>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Mèrit preferent”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF61EE" w:rsidRPr="007D390A" w14:paraId="4B98A3B4" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="00DF61EE" w:rsidRPr="007D390A" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0B0E1AC5" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="007D390A" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="007D390A" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3725B323" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="007D390A" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="007D390A" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1674" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3C5608B4" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="007D390A" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="007D390A" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
-              <w:t>Documentació</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> acreditativa en</w:t>
+              <w:t>Documentació acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF61EE" w:rsidRPr="007D390A" w14:paraId="72EC8E00" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="00DF61EE" w:rsidRPr="007D390A" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39CD00B7" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="007D390A" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="007D390A" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08A13B89" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
+          <w:p w:rsidR="00DF61EE" w:rsidRDefault="00DF61EE" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...36 lines deleted...]
-          <w:p w14:paraId="2C759C16" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="007D390A" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Acreditació a ajudant doctor o figura superior:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="007D390A" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Acreditació</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1674" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36F1BD01" w14:textId="77777777" w:rsidR="00DF61EE" w:rsidRPr="007D390A" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
+          <w:p w:rsidR="00DF61EE" w:rsidRPr="007D390A" w:rsidRDefault="00DF61EE" w:rsidP="00DF61EE">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
-              <w:t>Pàg</w:t>
-[...8 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="78109081" w14:textId="77777777" w:rsidR="008F6786" w:rsidRPr="00971D99" w:rsidRDefault="008F6786" w:rsidP="00971D99">
+    <w:p w:rsidR="008F6786" w:rsidRPr="00971D99" w:rsidRDefault="008F6786" w:rsidP="00971D99">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="8134"/>
         <w:gridCol w:w="1671"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0068331C" w:rsidRPr="0071719C" w14:paraId="0CA0A534" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="0068331C" w:rsidRPr="0071719C" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8559" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E84A478" w14:textId="77777777" w:rsidR="0068331C" w:rsidRPr="0071719C" w:rsidRDefault="0068331C" w:rsidP="00397898">
+          <w:p w:rsidR="0068331C" w:rsidRPr="0071719C" w:rsidRDefault="0068331C" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">.- </w:t>
             </w:r>
             <w:r w:rsidRPr="00E92168">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>MESURES D’ACCIÓ POSITIVA PER A LA IGUALTAT D’OPORTUNITATS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="31A64FF5" w14:textId="77777777" w:rsidR="0068331C" w:rsidRPr="001D7470" w:rsidRDefault="0068331C" w:rsidP="00397898">
-[...8 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="0068331C" w:rsidRPr="001D7470" w:rsidRDefault="0068331C" w:rsidP="00397898">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Acreditació</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Acreditació en</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0068331C" w:rsidRPr="0071719C" w:rsidRDefault="0068331C" w:rsidP="00397898">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arxiu </w:t>
+            </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...30 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>“</w:t>
-[...7 lines deleted...]
-              <w:t>7</w:t>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92168">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>esures d’acció positiva per a la igualtat d’oportunitats</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">. </w:t>
-[...68 lines deleted...]
-              </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0068331C" w:rsidRPr="0071719C" w14:paraId="7DD94F91" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="0068331C" w:rsidRPr="0071719C" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="09EE7DD5" w14:textId="77777777" w:rsidR="0068331C" w:rsidRPr="0071719C" w:rsidRDefault="0068331C" w:rsidP="00397898">
+          <w:p w:rsidR="0068331C" w:rsidRPr="0071719C" w:rsidRDefault="0068331C" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1D5E01DD" w14:textId="77777777" w:rsidR="0068331C" w:rsidRPr="00E92168" w:rsidRDefault="007745A2" w:rsidP="00397898">
+          <w:p w:rsidR="0068331C" w:rsidRPr="00E92168" w:rsidRDefault="007745A2" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92168">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Permisos, llicències o excedències per raons de naixement, gestació, embaràs, guarda amb finalitats d’adopció, acolliment o adopció, lactància o situacions anàlogues, per raons de conciliació o cura de fills i filles, familiars o persones dependents, per violència de gènere, així com baixes per incapacitat temporal </w:t>
             </w:r>
             <w:r w:rsidRPr="007A15C8">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> per malaltia que superen les 16 setmanes continuades de</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007A15C8">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">baixa (computant-se sols el període que </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> les 16 setmanes), sempre que aquestes</w:t>
+              <w:t>baixa (computant-se sols el període que supere les 16 setmanes), sempre que aquestes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007A15C8">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>situacions hagen ocorregut</w:t>
             </w:r>
             <w:r w:rsidRPr="00E92168">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> durant l</w:t>
             </w:r>
@@ -10935,275 +10181,276 @@
               </w:rPr>
               <w:t>ació: 0,05 punts per setmana. D’</w:t>
             </w:r>
             <w:r w:rsidRPr="00E92168">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>igual forma es valoraran les situacions de discapacitat reconeguda (certificat de discapacitat des de 33% fins a 64%: màxim 1 punt; des de 65%: màxim 2 punts)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A7A3894" w14:textId="77777777" w:rsidR="0068331C" w:rsidRPr="0071719C" w:rsidRDefault="0068331C" w:rsidP="00397898">
+          <w:p w:rsidR="0068331C" w:rsidRPr="0071719C" w:rsidRDefault="0068331C" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0068331C" w:rsidRPr="0071719C" w14:paraId="52AD5D99" w14:textId="77777777" w:rsidTr="00397898">
+      <w:tr w:rsidR="0068331C" w:rsidRPr="0071719C" w:rsidTr="00397898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14CE6AA9" w14:textId="77777777" w:rsidR="0068331C" w:rsidRPr="0071719C" w:rsidRDefault="0068331C" w:rsidP="00397898">
+          <w:p w:rsidR="0068331C" w:rsidRPr="0071719C" w:rsidRDefault="0068331C" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DDE87F8" w14:textId="77777777" w:rsidR="0068331C" w:rsidRPr="007B32A3" w:rsidRDefault="0068331C" w:rsidP="00397898">
+          <w:p w:rsidR="0068331C" w:rsidRPr="007B32A3" w:rsidRDefault="0068331C" w:rsidP="00397898">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Situació</w:t>
             </w:r>
             <w:r w:rsidRPr="007B32A3">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D13263C" w14:textId="77777777" w:rsidR="0068331C" w:rsidRPr="0071719C" w:rsidRDefault="0068331C" w:rsidP="00397898">
+          <w:p w:rsidR="0068331C" w:rsidRPr="0071719C" w:rsidRDefault="0068331C" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B32A3">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Da</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidRPr="007B32A3">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>es d’inici i acabament:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12AEB047" w14:textId="77777777" w:rsidR="0068331C" w:rsidRPr="0071719C" w:rsidRDefault="0068331C" w:rsidP="00397898">
+          <w:p w:rsidR="0068331C" w:rsidRPr="0071719C" w:rsidRDefault="0068331C" w:rsidP="00397898">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5FEC8D33" w14:textId="77777777" w:rsidR="00B81935" w:rsidRPr="0071719C" w:rsidRDefault="00B81935" w:rsidP="0068331C">
+    <w:p w:rsidR="00B81935" w:rsidRPr="0071719C" w:rsidRDefault="00B81935" w:rsidP="0068331C">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B81935" w:rsidRPr="0071719C" w:rsidSect="00EB2833">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1985" w:right="758" w:bottom="709" w:left="1276" w:header="426" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="51A7BC03" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00531F54">
+    <w:p w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00531F54">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1F474E93" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00531F54">
+    <w:p w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00531F54">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -11214,211 +10461,211 @@
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1915080818"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="60899E21" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRPr="007C5BD6" w:rsidRDefault="00731EE8">
+      <w:p w:rsidR="00731EE8" w:rsidRPr="007C5BD6" w:rsidRDefault="00731EE8">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="007C5BD6">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="007C5BD6">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="007C5BD6">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007745A2">
+        <w:r w:rsidR="006060D4">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="007C5BD6">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="1A8436A0" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRDefault="00731EE8">
+  <w:p w:rsidR="00731EE8" w:rsidRDefault="00731EE8">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="10F1B678" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00531F54">
+    <w:p w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00531F54">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="11D2F4FE" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00531F54">
+    <w:p w:rsidR="00731EE8" w:rsidRDefault="00731EE8" w:rsidP="00531F54">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0619A0F9" w14:textId="77777777" w:rsidR="00731EE8" w:rsidRDefault="00731EE8">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00731EE8" w:rsidRDefault="00731EE8">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="767FE1B7" wp14:editId="23032065">
+        <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2245995" cy="929005"/>
           <wp:effectExtent l="0" t="0" r="1905" b="4445"/>
           <wp:docPr id="3" name="Imagen 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2245995" cy="929005"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="204117DF" w14:textId="77777777" w:rsidR="0068331C" w:rsidRDefault="0068331C">
+  <w:p w:rsidR="0068331C" w:rsidRDefault="0068331C">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00C07EEC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4B8A56E0"/>
     <w:lvl w:ilvl="0" w:tplc="B66A82D2">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1648" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -13961,73 +13208,71 @@
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="15"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="140"/>
   <w:hideSpellingErrors/>
-  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="22529"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A2190B"/>
     <w:rsid w:val="000020B9"/>
     <w:rsid w:val="00010EA2"/>
     <w:rsid w:val="0001194B"/>
     <w:rsid w:val="00020798"/>
     <w:rsid w:val="00022E5B"/>
     <w:rsid w:val="00024867"/>
     <w:rsid w:val="00027CBF"/>
     <w:rsid w:val="000300B5"/>
     <w:rsid w:val="00033359"/>
     <w:rsid w:val="00034ABC"/>
     <w:rsid w:val="00035722"/>
     <w:rsid w:val="000402A1"/>
     <w:rsid w:val="0004218A"/>
     <w:rsid w:val="00045EB1"/>
     <w:rsid w:val="00046898"/>
     <w:rsid w:val="000508B1"/>
     <w:rsid w:val="000540F6"/>
     <w:rsid w:val="00065B02"/>
     <w:rsid w:val="000709F7"/>
     <w:rsid w:val="00073291"/>
     <w:rsid w:val="0007676C"/>
     <w:rsid w:val="00077D36"/>
@@ -14271,50 +13516,51 @@
     <w:rsid w:val="00597C97"/>
     <w:rsid w:val="005A1D8F"/>
     <w:rsid w:val="005A28F4"/>
     <w:rsid w:val="005A38B3"/>
     <w:rsid w:val="005A396E"/>
     <w:rsid w:val="005A65FF"/>
     <w:rsid w:val="005A6EAB"/>
     <w:rsid w:val="005A7405"/>
     <w:rsid w:val="005B07CD"/>
     <w:rsid w:val="005B2381"/>
     <w:rsid w:val="005B3A78"/>
     <w:rsid w:val="005B4886"/>
     <w:rsid w:val="005C025F"/>
     <w:rsid w:val="005C0F37"/>
     <w:rsid w:val="005C339C"/>
     <w:rsid w:val="005C662A"/>
     <w:rsid w:val="005D0C53"/>
     <w:rsid w:val="005D0F83"/>
     <w:rsid w:val="005D2D37"/>
     <w:rsid w:val="005D6F00"/>
     <w:rsid w:val="005E3D78"/>
     <w:rsid w:val="005E4D2B"/>
     <w:rsid w:val="005F579B"/>
     <w:rsid w:val="005F6C03"/>
     <w:rsid w:val="006053A7"/>
+    <w:rsid w:val="006060D4"/>
     <w:rsid w:val="006072C9"/>
     <w:rsid w:val="00611AFD"/>
     <w:rsid w:val="0061207B"/>
     <w:rsid w:val="00612467"/>
     <w:rsid w:val="006147B7"/>
     <w:rsid w:val="0062156D"/>
     <w:rsid w:val="006229E5"/>
     <w:rsid w:val="00626A20"/>
     <w:rsid w:val="006314D6"/>
     <w:rsid w:val="006464E2"/>
     <w:rsid w:val="00647496"/>
     <w:rsid w:val="00656691"/>
     <w:rsid w:val="00656A58"/>
     <w:rsid w:val="00657D9B"/>
     <w:rsid w:val="00663647"/>
     <w:rsid w:val="00665149"/>
     <w:rsid w:val="006730C2"/>
     <w:rsid w:val="006755BE"/>
     <w:rsid w:val="0068331C"/>
     <w:rsid w:val="00684CD9"/>
     <w:rsid w:val="00685204"/>
     <w:rsid w:val="00686451"/>
     <w:rsid w:val="0068744E"/>
     <w:rsid w:val="00687641"/>
     <w:rsid w:val="00691EB6"/>
@@ -14672,51 +13918,50 @@
     <w:rsid w:val="00EA5955"/>
     <w:rsid w:val="00EB2833"/>
     <w:rsid w:val="00EB3745"/>
     <w:rsid w:val="00EB3B72"/>
     <w:rsid w:val="00EB418E"/>
     <w:rsid w:val="00EC14BF"/>
     <w:rsid w:val="00EC2B61"/>
     <w:rsid w:val="00EC70F6"/>
     <w:rsid w:val="00ED0A22"/>
     <w:rsid w:val="00ED1286"/>
     <w:rsid w:val="00ED6335"/>
     <w:rsid w:val="00EE283D"/>
     <w:rsid w:val="00EE2C2A"/>
     <w:rsid w:val="00EE4EF4"/>
     <w:rsid w:val="00EF5AB4"/>
     <w:rsid w:val="00EF7E16"/>
     <w:rsid w:val="00F008D8"/>
     <w:rsid w:val="00F01725"/>
     <w:rsid w:val="00F06106"/>
     <w:rsid w:val="00F1488F"/>
     <w:rsid w:val="00F15B34"/>
     <w:rsid w:val="00F15BF4"/>
     <w:rsid w:val="00F269E3"/>
     <w:rsid w:val="00F27C3F"/>
     <w:rsid w:val="00F342B7"/>
-    <w:rsid w:val="00F43921"/>
     <w:rsid w:val="00F44F36"/>
     <w:rsid w:val="00F5120B"/>
     <w:rsid w:val="00F52E58"/>
     <w:rsid w:val="00F56F1D"/>
     <w:rsid w:val="00F660F7"/>
     <w:rsid w:val="00F7184A"/>
     <w:rsid w:val="00F75455"/>
     <w:rsid w:val="00F80D13"/>
     <w:rsid w:val="00F8251E"/>
     <w:rsid w:val="00F83C06"/>
     <w:rsid w:val="00F84CAC"/>
     <w:rsid w:val="00F85637"/>
     <w:rsid w:val="00F86ABC"/>
     <w:rsid w:val="00F87EE4"/>
     <w:rsid w:val="00F94842"/>
     <w:rsid w:val="00FA2C64"/>
     <w:rsid w:val="00FA6AA8"/>
     <w:rsid w:val="00FB1A6D"/>
     <w:rsid w:val="00FB2357"/>
     <w:rsid w:val="00FB2695"/>
     <w:rsid w:val="00FB2AE4"/>
     <w:rsid w:val="00FB33C9"/>
     <w:rsid w:val="00FB3ABD"/>
     <w:rsid w:val="00FB6E6C"/>
     <w:rsid w:val="00FC4550"/>
@@ -14728,67 +13973,67 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="22529"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="438F0FB4"/>
+  <w14:docId w14:val="009545F1"/>
   <w15:docId w15:val="{83EC4FFF-B229-4720-B708-42D42A25CC9A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14844,94 +14089,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
@@ -15105,55 +14354,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B75C98"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:qFormat/>
     <w:rsid w:val="007252E8"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
@@ -15469,51 +14713,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculovisitado">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00560131"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SangradetextonormalCar">
     <w:name w:val="Sangría de texto normal Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Sangradetextonormal"/>
     <w:rsid w:val="00971D99"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="257763017">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="388306537">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15897,79 +15141,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D258324-D35C-43B9-89B9-194AFBA52608}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09053E60-DCCE-40EC-A2BC-D385636E2ACD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1326</Words>
-  <Characters>7293</Characters>
+  <Words>1308</Words>
+  <Characters>7200</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>60</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>REGLAMENT DE SELECCIÓ DEL PERSONAL DOCENT I INVESTIGADOR DE LA UNIVERSITAT DE VALÈNCIA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Servei d'Informàtica</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8602</CharactersWithSpaces>
+  <CharactersWithSpaces>8492</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>REGLAMENT DE SELECCIÓ DEL PERSONAL DOCENT I INVESTIGADOR DE LA UNIVERSITAT DE VALÈNCIA</dc:title>
   <dc:creator>Teresa;Trice</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>