--- v0 (2025-10-23)
+++ v1 (2026-02-10)
@@ -10,110 +10,110 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="5AFA7354" w14:textId="77777777" w:rsidR="00A87986" w:rsidRPr="007D390A" w:rsidRDefault="00A87986" w:rsidP="007C5BD6">
+    <w:p w14:paraId="6A8C727C" w14:textId="77777777" w:rsidR="00A87986" w:rsidRPr="007D390A" w:rsidRDefault="00A87986" w:rsidP="007C5BD6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-142" w:right="196"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55274B96" w14:textId="77777777" w:rsidR="0070352B" w:rsidRPr="007D390A" w:rsidRDefault="0070352B" w:rsidP="007C5BD6">
+    <w:p w14:paraId="2910F92F" w14:textId="77777777" w:rsidR="0070352B" w:rsidRPr="007D390A" w:rsidRDefault="0070352B" w:rsidP="007C5BD6">
       <w:pPr>
         <w:ind w:left="-142" w:right="196"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F8B8CD0" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRDefault="00965EBF" w:rsidP="00965EBF">
+    <w:p w14:paraId="0B343667" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRDefault="00965EBF" w:rsidP="00965EBF">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="2836"/>
           <w:tab w:val="left" w:pos="3545"/>
           <w:tab w:val="left" w:pos="4254"/>
           <w:tab w:val="left" w:pos="4963"/>
           <w:tab w:val="left" w:pos="5672"/>
           <w:tab w:val="left" w:pos="6381"/>
           <w:tab w:val="left" w:pos="7090"/>
           <w:tab w:val="left" w:pos="7799"/>
           <w:tab w:val="left" w:pos="8508"/>
           <w:tab w:val="left" w:pos="9217"/>
           <w:tab w:val="left" w:pos="9926"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07A5E0CE" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRDefault="00965EBF" w:rsidP="00965EBF">
+    <w:p w14:paraId="6D17B4FA" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRDefault="00965EBF" w:rsidP="00965EBF">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="2836"/>
           <w:tab w:val="left" w:pos="3545"/>
           <w:tab w:val="left" w:pos="4254"/>
           <w:tab w:val="left" w:pos="4963"/>
           <w:tab w:val="left" w:pos="5672"/>
           <w:tab w:val="left" w:pos="6381"/>
           <w:tab w:val="left" w:pos="7090"/>
           <w:tab w:val="left" w:pos="7799"/>
           <w:tab w:val="left" w:pos="8508"/>
           <w:tab w:val="left" w:pos="9217"/>
           <w:tab w:val="left" w:pos="9926"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma"/>
@@ -209,113 +209,113 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>DO</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF141B">
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>ASOCIADO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01ADFF21" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="00BF141B" w:rsidRDefault="00965EBF" w:rsidP="00965EBF">
+    <w:p w14:paraId="4186D76D" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="00BF141B" w:rsidRDefault="00965EBF" w:rsidP="00965EBF">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="2836"/>
           <w:tab w:val="left" w:pos="3545"/>
           <w:tab w:val="left" w:pos="4254"/>
           <w:tab w:val="left" w:pos="4963"/>
           <w:tab w:val="left" w:pos="5672"/>
           <w:tab w:val="left" w:pos="6381"/>
           <w:tab w:val="left" w:pos="7090"/>
           <w:tab w:val="left" w:pos="7799"/>
           <w:tab w:val="left" w:pos="8508"/>
           <w:tab w:val="left" w:pos="9217"/>
           <w:tab w:val="left" w:pos="9926"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B2142A0" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="008C4209" w:rsidRDefault="00965EBF" w:rsidP="00965EBF"/>
-    <w:p w14:paraId="160598FF" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="007D390A" w:rsidRDefault="00965EBF" w:rsidP="00965EBF">
+    <w:p w14:paraId="6D034D22" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="008C4209" w:rsidRDefault="00965EBF" w:rsidP="00965EBF"/>
+    <w:p w14:paraId="32B2F7B4" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="007D390A" w:rsidRDefault="00965EBF" w:rsidP="00965EBF">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D390A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>La presentación del currículum se hará necesariamente siguiendo este modelo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FCB20D4" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="007D390A" w:rsidRDefault="00965EBF" w:rsidP="00965EBF">
+    <w:p w14:paraId="16D59307" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="007D390A" w:rsidRDefault="00965EBF" w:rsidP="00965EBF">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D390A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">El currículum ha de recoger la </w:t>
@@ -357,138 +357,138 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, clasificados de acuerdo con la estructura de este modelo. Además, </w:t>
       </w:r>
       <w:r w:rsidRPr="007D390A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>respecto a cada mérito, será necesario especificar la información reseñada en cada ítem del modelo de currículum</w:t>
       </w:r>
       <w:r w:rsidRPr="007D390A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EB74A6E" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="007D390A" w:rsidRDefault="00965EBF" w:rsidP="00965EBF">
+    <w:p w14:paraId="1A7636D5" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="007D390A" w:rsidRDefault="00965EBF" w:rsidP="00965EBF">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D390A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Los documentos acreditativos de los méritos alegados se deberán indexar siguiendo el orden de paginación de la relación de méritos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38AF454A" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRDefault="00965EBF" w:rsidP="00965EBF">
+    <w:p w14:paraId="44224133" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRDefault="00965EBF" w:rsidP="00965EBF">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D390A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Cada contribución solo debe figurar una vez.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3701EDDE" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRDefault="00965EBF" w:rsidP="00965EBF">
+    <w:p w14:paraId="712C27BA" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRDefault="00965EBF" w:rsidP="00965EBF">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2297"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="2546"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00965EBF" w:rsidRPr="0071719C" w14:paraId="765E2710" w14:textId="77777777" w:rsidTr="0092233A">
+      <w:tr w:rsidR="00965EBF" w:rsidRPr="0071719C" w14:paraId="2C63C2CC" w14:textId="77777777" w:rsidTr="0092233A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2297" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="600F2A26" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="0071719C" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
+          <w:p w14:paraId="45FD017B" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="0071719C" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Nom</w:t>
@@ -558,132 +558,132 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40D0DF1A" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="00BF141B" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
+          <w:p w14:paraId="162EAFB7" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="00BF141B" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="280BC67B" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="00F31B14" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
+          <w:p w14:paraId="1817C5C4" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="00F31B14" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F31B14">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>DNI:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66CA34F2" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="00BF141B" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
+          <w:p w14:paraId="630AB237" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="00BF141B" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00965EBF" w:rsidRPr="0071719C" w14:paraId="04C9782B" w14:textId="77777777" w:rsidTr="0092233A">
+      <w:tr w:rsidR="00965EBF" w:rsidRPr="0071719C" w14:paraId="73FA0233" w14:textId="77777777" w:rsidTr="0092233A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2297" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="150D9A62" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="0071719C" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
+          <w:p w14:paraId="0A34C549" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="0071719C" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
@@ -713,143 +713,143 @@
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>electrónico</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45E867F6" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="00BF141B" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
+          <w:p w14:paraId="25812556" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="00BF141B" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FE91158" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="00BF141B" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
+          <w:p w14:paraId="66822756" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="00BF141B" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Teléfono</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B4B5A07" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="00BF141B" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
+          <w:p w14:paraId="2A2BF8F1" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="00BF141B" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00965EBF" w:rsidRPr="0071719C" w14:paraId="30BD9DF7" w14:textId="77777777" w:rsidTr="0092233A">
+      <w:tr w:rsidR="00965EBF" w:rsidRPr="0071719C" w14:paraId="796C4574" w14:textId="77777777" w:rsidTr="0092233A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2297" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4013B0E2" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
+          <w:p w14:paraId="593357C3" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
@@ -865,73 +865,73 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>plaza</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E75AED5" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="00BF141B" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
+          <w:p w14:paraId="21BAA9C9" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="00BF141B" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13C10E54" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="00BF141B" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
+          <w:p w14:paraId="1110449C" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="00BF141B" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F31B14">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Convocat</w:t>
@@ -955,129 +955,129 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>ria</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3822" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="704F6409" w14:textId="283F19BB" w:rsidR="00965EBF" w:rsidRPr="00BF141B" w:rsidRDefault="00965EBF" w:rsidP="00801575">
+          <w:p w14:paraId="3824DE2D" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="00BF141B" w:rsidRDefault="00965EBF" w:rsidP="00D732A6">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Asociados núm. </w:t>
             </w:r>
             <w:r w:rsidRPr="00862595">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>[...]</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Curso 202</w:t>
             </w:r>
-            <w:r w:rsidR="00FB0236">
+            <w:r w:rsidR="00D732A6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="00FB0236">
+            <w:r w:rsidR="00D732A6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00965EBF" w:rsidRPr="0071719C" w14:paraId="756E4D23" w14:textId="77777777" w:rsidTr="0092233A">
+      <w:tr w:rsidR="00965EBF" w:rsidRPr="0071719C" w14:paraId="075D3615" w14:textId="77777777" w:rsidTr="0092233A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2297" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7561C765" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
+          <w:p w14:paraId="49B15C91" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
@@ -1107,661 +1107,661 @@
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>conocimiento</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="432B7683" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="00BF141B" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
+          <w:p w14:paraId="3438F008" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="00BF141B" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00965EBF" w:rsidRPr="0071719C" w14:paraId="17FF493D" w14:textId="77777777" w:rsidTr="0092233A">
+      <w:tr w:rsidR="00965EBF" w:rsidRPr="0071719C" w14:paraId="3259C149" w14:textId="77777777" w:rsidTr="0092233A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2297" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="239237D8" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
+          <w:p w14:paraId="1DF06892" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Departamento</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B752453" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="00BF141B" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
+          <w:p w14:paraId="2AE87192" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="00BF141B" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00965EBF" w:rsidRPr="0071719C" w14:paraId="1E5FB966" w14:textId="77777777" w:rsidTr="0092233A">
+      <w:tr w:rsidR="00965EBF" w:rsidRPr="0071719C" w14:paraId="1E4D5927" w14:textId="77777777" w:rsidTr="0092233A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2297" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="37A96EC5" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
+          <w:p w14:paraId="3858DFCB" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Centro:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A0B4B96" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="00BF141B" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
+          <w:p w14:paraId="448E3328" w14:textId="77777777" w:rsidR="00965EBF" w:rsidRPr="00BF141B" w:rsidRDefault="00965EBF" w:rsidP="0092233A">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="595833ED" w14:textId="77777777" w:rsidR="00DC5A58" w:rsidRPr="007D390A" w:rsidRDefault="00DC5A58" w:rsidP="008F1A4C">
+    <w:p w14:paraId="1861FBEC" w14:textId="77777777" w:rsidR="00DC5A58" w:rsidRPr="007D390A" w:rsidRDefault="00DC5A58" w:rsidP="008F1A4C">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27CCFBF1" w14:textId="77777777" w:rsidR="0057407F" w:rsidRDefault="0057407F" w:rsidP="00782445">
+    <w:p w14:paraId="020A3C8B" w14:textId="77777777" w:rsidR="0057407F" w:rsidRDefault="0057407F" w:rsidP="00782445">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="181"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="8128"/>
         <w:gridCol w:w="1677"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="179A0CEB" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="5AF1B400" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8553" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DEA1527" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="5DC14FA0" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1.- FORMACIÓN </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ACADÉMICA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="183A79BF" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="001D7470" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="5C1890A1" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="001D7470" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Acreditación en</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="165D628A" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="357169B9" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Archivo </w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">“1. Formación </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>académica</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="35E8D34C" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="624AF6B8" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0BEE6379" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="05933D05" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="536AD31A" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="7C989432" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">1.1 EXPEDIENTE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4431647C" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="047A48E4" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Documentación acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="4F4072FC" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="1ADB8255" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3FFED3D1" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="70E7CAE8" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E10BE29" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="07600CDD" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>xpediente académico del grado, licenciatura o diplomatura:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="535BFE70" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="0ADA2107" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nota media:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B3CFCD6" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="6D31B97F" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Título:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DBC51AB" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="27A62092" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Universidad:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C95E23C" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="2B3C3604" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D152530" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="3FF0FB0A" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="003661DA" w14:paraId="6474E3C7" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="003661DA" w14:paraId="65954C18" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76881180" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="7223A63B" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8128" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D14412D" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="003661DA" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
+          <w:p w14:paraId="5CAD1DD8" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="003661DA" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Premio extraordinario </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -1777,107 +1777,107 @@
               </w:rPr>
               <w:t>licenciatura</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> o diplomatura</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D1547EB" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="003661DA" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="785EBD69" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="003661DA" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003661DA">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="779088CA" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="278FF86A" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73532839" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="2B9524BD" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8128" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="583B183A" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="13AF2F58" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Premio </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -1892,763 +1892,763 @@
               </w:rPr>
               <w:t>licenciatura</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> o diplomatura</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E1D5D48" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="42B7FDCA" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE0F26">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="7071EC05" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="6548715F" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7EDCB47A" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="5939BFAA" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74049957" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="177ACFB3" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.2 OTROS TÍTULOS UNIVERSITARIOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6F7B8388" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="5D7ED1EE" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Documentación acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="4650AC75" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="2C5DA833" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D786025" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="27324884" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E0D4DAB" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="4F14C539" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ítulos de Doctor:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F699E59" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="6ADEEA4E" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Universidad</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61EC6E4F" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="04CFA0EF" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D40C67">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="0D104184" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="46AE2BC0" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FF4E397" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="200A68EC" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>b</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8128" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10CBDE97" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="4A67E8A5" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ención Europea/Internacional</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/Industrial</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> al título de Doctor:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78270C50" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="0F54E3A7" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D40C67">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="4DE55E5A" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="2819CEFF" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43AE2085" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="22D1336D" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8128" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A2277AB" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="4EAEABCC" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Otros títulos oficiales (nivel de máster, licenciatura, grado, diplomatura o segundo ciclo)</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67559D6E" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="1E018ABA" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Universidad</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A857BA5" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="3C33BE56" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D40C67">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="04DC4B21" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="4EFA55C8" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="736194BC" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="0126D9BE" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8128" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0193DBAC" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="4A7BFDFA" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Títulos postgrados propios:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="205F1434" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="11CB4341" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Universidad</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A96C3A3" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="3DDFD4FA" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D40C67">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="123AD315" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="00782445">
+    <w:p w14:paraId="74B9C720" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="00782445">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="181"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="8132"/>
         <w:gridCol w:w="1673"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="24F46731" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="03245D10" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8557" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75C098E7" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="1618FEEE" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2.- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MÉRITOS DOCENTES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="78B6D2AC" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="001D7470" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="57F89DF1" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="001D7470" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Acreditación en</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18BCFAF6" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="77D00A34" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Archivo </w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -2662,914 +2662,922 @@
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Méritos docentes</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="270EB472" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="4440C6D4" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4F2782A4" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="2512DF25" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39CB9E20" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="600747FD" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2.1 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DOCENCIA UNIVERSITARIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="537E1594" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="12619293" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Documentación acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="470B8380" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="5902AA6B" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A2D3F8B" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="04187A0D" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="34EBB84D" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="3A0EFFB1" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Docencia en títulos oficiales:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="520A1EBD" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="6C740144" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t xml:space="preserve">Año y </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>fechas</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t xml:space="preserve"> de inicio y finalización:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="694A1E69" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="396170FC" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Categoría profesional y dedicación:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B7D959C" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="6A3840F2" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Créditos impartidos:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7BE157FC" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="0B20761C" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Asignatura:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0EF96858" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="775FBCC0" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Departamento y Universidad:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1124ACF2" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="2ED914E0" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E7F7A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="0D20A6AB" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="75206C1A" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FC09932" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="5650AAEE" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AC1E8E2" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="6FBA410D" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Docencia en títulos propios:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C0FF826" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="575E92B2" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t xml:space="preserve">Año y </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>fechas</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t xml:space="preserve"> de inicio y finalización:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BAF9FAC" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="622EA3FC" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Categoría profesional y dedicación:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B8D6978" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="3255D4E9" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Créditos impartidos:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B13EE38" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="21D5CABC" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Asignatura:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76A6BB13" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="21CF4AD7" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Departamento y Universidad:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7563B4EC" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="2876EAF4" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E7F7A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="52B44986" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="6D77711B" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38A69502" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="77E01D00" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69AF51FA" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="6BC57711" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Otra docencia universitaria impartida: cursos de formación docente universitaria, extensión universitaria, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">cursos de formación transversal en programas de doctorado, cursos en programas de estudios para extranjeros, </w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>etc.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05E8E560" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="1175C0F0" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E7F7A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="72B60633" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="62737BF3" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6975759D" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="1A3B024F" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>d)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A2E035E" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="64D460F2" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Docencia como profesorado tutor en universidades a distancia:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3244063D" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="4298125C" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t xml:space="preserve">Año y </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>fechas</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t xml:space="preserve"> de inicio y finalización:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76B02ADF" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="5F052338" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Dedicación:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F69AF9C" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="63250657" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Asignatura:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7482E496" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="1E712022" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Departamento y Universidad:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C88446E" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="003E7F7A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="74EA7ABC" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="003E7F7A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E7F7A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="10FC0886" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="48072066" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C18D55A" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="03670AA6" w14:textId="775C9515" w:rsidR="00F13DA0" w:rsidRDefault="004347E5" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>e)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FBDBD3A" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="001C18D2" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="23102EF7" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="001C18D2" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C18D2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tutor/a de empresa o institución de prácticas externas curriculares:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D114A9C" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="001C18D2" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="3EE67719" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="001C18D2" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001C18D2">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Año</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001C18D2">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
@@ -3606,371 +3614,371 @@
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> de inicio y </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001C18D2">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>finalización</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001C18D2">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B683C47" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="2A73CADB" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C18D2">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t xml:space="preserve">Empresa o </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001C18D2">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>institución</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001C18D2">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68DD686D" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="003E7F7A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="373A060E" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="003E7F7A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E7F7A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="6BD73144" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="6A1FA79A" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2FDFB7E0" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="5472D6AD" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="349DD2E2" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
+          <w:p w14:paraId="54A27AB8" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2.2 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FORMACIÓN DOCENTE UNIVERSITARIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="25AFFF05" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="784AD6CE" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Documentación acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="304122E8" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="7B128911" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3989DE5D" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="5B6DA811" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7924558C" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
+          <w:p w14:paraId="18D58E50" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Por participar en proyectos de innovación educativa para la mejora docente:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01F2CBCE" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
+          <w:p w14:paraId="53C14962" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Proyecto:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A815FB2" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="392928E4" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692117">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="4507767B" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="15225C46" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DE4F6B2" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
+          <w:p w14:paraId="11215401" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63D8F164" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
+          <w:p w14:paraId="46A06389" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Por cursos recibidos de formación </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>para la docencia</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
@@ -3992,477 +4000,348 @@
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>impartidos por Universidades</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> u organismos oficiales</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14B1644B" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
+          <w:p w14:paraId="121748F4" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Curso y núm. horas:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7461585A" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
+          <w:p w14:paraId="22566560" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Universidad</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> u organismo</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55875CFF" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
+          <w:p w14:paraId="677BD835" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692117">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="6B9743CD" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="1963497D" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A593057" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
+          <w:p w14:paraId="623A95EF" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AA04369" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
+          <w:p w14:paraId="7C96EDFA" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Por cursos recibidos de formación </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>en materia de igualdad, diversidad y/o sostenibilidad</w:t>
             </w:r>
+            <w:r w:rsidR="00D732A6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D732A6" w:rsidRPr="007D390A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>impartidos por Universidades</w:t>
+            </w:r>
+            <w:r w:rsidR="00D732A6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> u organismos oficiales</w:t>
+            </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5146E9C3" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
+          <w:p w14:paraId="45348F33" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Curso y núm. horas:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2882B6C8" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
+          <w:p w14:paraId="0C666947" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Universidad</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> u organismo</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39AAE16F" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
+          <w:p w14:paraId="4FE182C9" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005236B2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="7C613326" w14:textId="77777777" w:rsidTr="006B19F4">
-[...152 lines deleted...]
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="7504A6BB" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="7F0569BE" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="37F428D3" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="11070C8A" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CCEEF69" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="5678D296" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4476,699 +4355,699 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>OTROS MÉRITOS DOCENTES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="19C350EF" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="7433B721" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Documentación acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="476B5155" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="19FD31D3" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E7D3FD4" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="0DB68880" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3606976F" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="2E9F4E53" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Miembro de tribunales de TFG o TFM:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35EC5AFC" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="308C85FE" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00990F8D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="69EE56E4" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="29994AED" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B1C1745" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="216D293F" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FB5B9C2" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="73D41533" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Aportaciones a congresos de innovación docente nacionales/internacionales</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79A445E1" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="2A3E3206" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Nacionales</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E19B310" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="2F11EA9F" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Internacionales</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AF73D10" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="5D629274" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00990F8D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="758B8D95" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="3BF8D3D7" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77885EFD" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="78DC3751" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45B0FAE8" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="33431ABC" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Organización o </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>asistencia a congresos de innovación docente:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31967ECF" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="30655EF6" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00990F8D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="309C2942" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="341810D8" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05C38ACA" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="53E3BC17" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>d)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39B00C06" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="62B3A827" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Premios docentes</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31CA1534" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="2146CC4B" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E7000">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="761AA904" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="0D436608" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71E799BF" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="1A4AFFC5" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>e)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D022D3F" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="4A42DF1D" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Elaboración de material docente con ISBN o depositado en repositorios universitarios oficiales</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="378EA347" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="02763E5F" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E7000">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="77D2F091" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="00782445">
+    <w:p w14:paraId="6DADF821" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="00782445">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="181"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="8132"/>
         <w:gridCol w:w="1673"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="54833E85" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="4A5CF790" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8557" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7263DD17" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="4614F5CD" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">.- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>INVESTIGACIÓN, TRANSFERENCIA E INTERCAMBIO DE CONOCIMIENTO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7C25A347" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="001D7470" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="2D2692B7" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="001D7470" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Acreditación en</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4AF5D899" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="3BD736C5" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Archivo </w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -5182,204 +5061,204 @@
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Investigación, transferencia e intercambio de conocimiento</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="61F57171" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="5C3549B1" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4A026575" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="6B921A8A" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58FB1DFB" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="5F11080F" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">.1 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PROGRAMAS DE FORMACIÓN Y CONTRATOS DE INVESTIGACIÓN Y TRANSFERENCIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="34BA1647" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="2B6EFEE4" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Documentación acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="06E67228" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="450E4A6F" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="200DD91D" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="0358F57A" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E4EF7F0" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="06CE0B90" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Programas de formación </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5389,1841 +5268,1839 @@
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">dirigidos a la realización de un doctorado </w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>con convocatoria pública competitiva:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="468A9A30" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="299E364E" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Programa:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E4A01C6" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="35962182" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Organismo que concede:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0832D6B6" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="5B904387" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Fechas</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t xml:space="preserve"> de inicio y finalización:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2163A610" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="487B80F0" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E7F7A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="07976E7B" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="443A8ABF" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51B620CD" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="504A5698" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5315421F" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="4EE8EFFE" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Programas de formación </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>post-doctoral</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> con convocatoria pública competitiva:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71967D72" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="594BB6E4" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Programa:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3557649E" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="48B43DF1" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Organismo que concede:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74BBD1F2" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="45B91CB8" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Fechas</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t xml:space="preserve"> de inicio y finalización:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="647214DE" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="698F9456" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E7F7A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="09E0AC91" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="65DC768D" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57761264" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="14E9A39F" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67AC5886" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="6236C342" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Contratos </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">laborales </w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>de investigación</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> y transferencia</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> con universidades y centros públicos:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59CCF07C" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="69ED932A" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Título del proyecto:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26329CCA" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="5A33AA71" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Entidad convocante/financiadora:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EB5BFC1" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="0B1E9861" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Fechas</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t xml:space="preserve"> de inicio y finalización:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D8A4F2B" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="2FC88739" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Investigador principal:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E0BE86E" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="3AF86236" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E7F7A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="021859C2" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="6D538444" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0B48D9AC" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="55BCDD42" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04D3484C" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="4981053E" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">.2 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ACTIVIDAD INVESTIGADORA Y TRANSFERENCIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3889308D" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="75B2F44F" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Documentación acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="45948A30" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="1087970F" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B38145B" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="3806116D" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3171DFB2" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="5BD74BA7" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Artículos en revistas especializadas nacionales/internacionales: </w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>(Clave: R = revista indexada, I = revista internacional no indexada, N = revista nacional no indexada, A = otros)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="789F8B26" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="6D7E2353" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Clave:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BAA28B1" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="1B1E294E" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Título:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69E7D9C0" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="6F235C71" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Autor/es (por orden de firma):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E999794" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="3A9E435A" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Editorial y referencia publicación:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6558FA21" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="648AA78A" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Páginas y año:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2180BD73" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="364A3CCA" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Indicios de calidad:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62F0A91C" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="590ADB30" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692117">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="4B07FD0E" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="27D963D8" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E86264E" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="3CBACD07" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B787A7E" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="65585052" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Libros/capítulos de libro con ISBN </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">y/o DOI </w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">internacionales/nacionales (incluyendo traducciones y ediciones críticas): </w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>(Clave: L = libro de investigación con ISBN, C = capítulo de libro de investigación con ISBN, A = otros)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48000CDD" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="080E3E46" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Clave:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44FA5300" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="2577A6CC" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Título:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="524F033C" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="7A46AFC1" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Autor/es (por orden de firma):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C3C05A4" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="04D1828B" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Editorial y</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> referencia publicación:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65B12D2F" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="7489B2AF" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Páginas y año:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="591F3E49" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="6198D982" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Indicios de calidad:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EA56B09" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="3FDD4CD5" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692117">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="5F298AD8" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="50F39391" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C83D230" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="59D80E7D" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38233595" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="50B0B404" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Investigador principal </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>o miembro en</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Proyectos I+D obtenidos en convocatorias públicas competitivas universitarias/autonómicas/nacionales/internacionales:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39CB6D2C" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="25F6D8CB" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Título del proyecto:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C27F4DE" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="09E7A756" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Entidad convocante/financiadora:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33E9D838" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="170B3B94" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Fechas de inicio y finalización:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D18A194" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="24F94C1F" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Investigador principal:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24FB7E50" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="0AEA1350" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:r w:rsidRPr="00917123">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="48838AE3" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="7E70732F" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57C05AC2" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="2B7101A9" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>d)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09669999" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="29597E06" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Investigador principal </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>o miembro en</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Proyectos</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> del artículo 60 LOSU (art. 83 LOU) o de otros proyectos I+D:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="401F433F" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="6944668C" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Título del proyecto</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>/contrato</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A63985D" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="001EF5CF" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Fechas de inicio y finalización:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29D8DE69" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="3EC8BDB9" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Investigador principal:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FD92594" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="36232C8A" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:r w:rsidRPr="00917123">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="4C3B326C" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="4780C7B4" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7974047F" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="3AFFD619" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>e)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72DD7AC3" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="03C55906" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Aportaciones a </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ongresos nacionales/internacionales:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35BB8A25" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="44F4E9C9" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Nacionales:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76AF784B" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="02B99D1D" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Internacionales:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44A6C0B1" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="25CD13E4" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:r w:rsidRPr="00917123">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="6E554E1F" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="3936DF6F" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="160A3733" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="327A25E0" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>f)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20F44A77" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="130BC1EB" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Licencias de propiedad industrial o intelectual en explotación:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56D96DC7" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="451B090C" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:r w:rsidRPr="00917123">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="7BF829D6" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="3B0E97FA" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59A2EB81" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="09268982" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>g)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A319199" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="2675EE16" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Premios de investigación</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> y transferencia</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> otorgados por organismos o instituciones científicas:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3AAB7D57" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="153B7BC4" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Premio y año:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5FF43584" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="2607C367" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Organismo que concede:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36B5EAA9" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="12E01EE9" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:r w:rsidRPr="00917123">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="3A5A18AB" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="7C2D0833" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A69EBC7" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="39E928AA" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C872701" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="40C9C93D" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Estancias oficiales en otras universidades o centros de investigación. </w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
@@ -7239,167 +7116,167 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Universitat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> o centro de investigación diferente de aquel con el que se mantenga un vínculo laboral o formativo. Duración mínima de la estancia: un mes consecutivo. Tie</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>mpo computable: máximo 24 meses:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77F038FC" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="183A0DF1" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fechas</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> de inicio y finalización:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55C723C4" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="003B702E" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="063595CB" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="003B702E" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Centro de destino</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53B3F8BC" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="50C04BE9" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005236B2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="40099456" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="7AD67511" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2D711FD4" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="66A09592" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67DEDB55" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="3996E46C" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7421,436 +7298,436 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>OTROS MÉRITOS DE INVESTIGACIÓN Y TRANSFERENCIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6B914B7B" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="6CC5C9AA" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Documentación acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="756B5999" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="26EA9CEC" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A8C7B63" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="10560630" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A665E22" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="4F382066" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Becas de colaboración</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> y otras becas de investigación y transferencia</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1435F7AD" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="373FD567" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F6D0A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="606B52DD" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="4DD41CE6" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="325933CD" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="1192CEAC" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="232504A2" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="480F5428" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Organización </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">o asistencia a </w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>congresos científicos:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E2F876D" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="0F1C5ACD" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F6D0A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="73345693" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="25A1BFEC" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1056C234" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="5D6586C2" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B64F72A" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="1AEFAD33" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Cursos impartidos </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">o recibidos de </w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>actualización relacionados con la investigación:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B6B01E4" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="77D44681" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F6D0A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="39EA41EF" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00782445">
+    <w:p w14:paraId="494C7A5B" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00782445">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="181"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AF04377" w14:textId="77777777" w:rsidR="00536AE8" w:rsidRDefault="00536AE8" w:rsidP="00782445">
+    <w:p w14:paraId="15FEC2B0" w14:textId="77777777" w:rsidR="00536AE8" w:rsidRDefault="00536AE8" w:rsidP="00782445">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="181"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="8131"/>
         <w:gridCol w:w="1674"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005B7470" w:rsidRPr="007D390A" w14:paraId="3EF1ED9B" w14:textId="77777777" w:rsidTr="00F13DA0">
+      <w:tr w:rsidR="005B7470" w:rsidRPr="007D390A" w14:paraId="41F0A153" w14:textId="77777777" w:rsidTr="00F13DA0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8556" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E591DAD" w14:textId="77777777" w:rsidR="005B7470" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
+          <w:p w14:paraId="697F944E" w14:textId="77777777" w:rsidR="005B7470" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="005B7470" w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7869,70 +7746,70 @@
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ACADÉMICO </w:t>
             </w:r>
             <w:r w:rsidR="005B7470" w:rsidRPr="006517D7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>UNIVERSITARIO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1674" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5BD4299F" w14:textId="77777777" w:rsidR="005B7470" w:rsidRPr="001D7470" w:rsidRDefault="005B7470" w:rsidP="005B7470">
+          <w:p w14:paraId="5E696148" w14:textId="77777777" w:rsidR="005B7470" w:rsidRPr="001D7470" w:rsidRDefault="005B7470" w:rsidP="005B7470">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Acreditación en</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="754DA64E" w14:textId="77777777" w:rsidR="005B7470" w:rsidRPr="007D390A" w:rsidRDefault="005B7470" w:rsidP="00F13DA0">
+          <w:p w14:paraId="0BC5E50B" w14:textId="77777777" w:rsidR="005B7470" w:rsidRPr="007D390A" w:rsidRDefault="005B7470" w:rsidP="00F13DA0">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Archivo </w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -7976,759 +7853,758 @@
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">académico </w:t>
             </w:r>
             <w:r w:rsidRPr="005B7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>universitario</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA5591" w:rsidRPr="007D390A" w14:paraId="10DCD22D" w14:textId="77777777" w:rsidTr="005B7470">
+      <w:tr w:rsidR="00BA5591" w:rsidRPr="007D390A" w14:paraId="06ACA208" w14:textId="77777777" w:rsidTr="005B7470">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6235231B" w14:textId="77777777" w:rsidR="00BA5591" w:rsidRPr="007D390A" w:rsidRDefault="00BA5591" w:rsidP="00041CEA">
+          <w:p w14:paraId="4769CE2F" w14:textId="77777777" w:rsidR="00BA5591" w:rsidRPr="007D390A" w:rsidRDefault="00BA5591" w:rsidP="00041CEA">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2B90ADCF" w14:textId="77777777" w:rsidR="00BA5591" w:rsidRPr="007D390A" w:rsidRDefault="00BA5591" w:rsidP="00041CEA">
+          <w:p w14:paraId="4117C388" w14:textId="77777777" w:rsidR="00BA5591" w:rsidRPr="007D390A" w:rsidRDefault="00BA5591" w:rsidP="00041CEA">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1674" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6868A05C" w14:textId="77777777" w:rsidR="00BA5591" w:rsidRPr="007D390A" w:rsidRDefault="00BA5591" w:rsidP="00041CEA">
+          <w:p w14:paraId="47B505CF" w14:textId="77777777" w:rsidR="00BA5591" w:rsidRPr="007D390A" w:rsidRDefault="00BA5591" w:rsidP="00041CEA">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Documentación acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544003" w:rsidRPr="007D390A" w14:paraId="068178DA" w14:textId="77777777" w:rsidTr="005B7470">
+      <w:tr w:rsidR="00544003" w:rsidRPr="007D390A" w14:paraId="7AFA639A" w14:textId="77777777" w:rsidTr="005B7470">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0277B948" w14:textId="77777777" w:rsidR="00544003" w:rsidRPr="007D390A" w:rsidRDefault="00544003" w:rsidP="00544003">
+          <w:p w14:paraId="27D0B97E" w14:textId="77777777" w:rsidR="00544003" w:rsidRPr="007D390A" w:rsidRDefault="00544003" w:rsidP="00544003">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="460BA3B9" w14:textId="77777777" w:rsidR="00544003" w:rsidRPr="006517D7" w:rsidRDefault="00544003" w:rsidP="00544003">
+          <w:p w14:paraId="0D68CD2D" w14:textId="77777777" w:rsidR="00544003" w:rsidRPr="006517D7" w:rsidRDefault="00544003" w:rsidP="00544003">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006517D7">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Actividad: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4794BC43" w14:textId="77777777" w:rsidR="00544003" w:rsidRPr="006517D7" w:rsidRDefault="00544003" w:rsidP="00544003">
+          <w:p w14:paraId="0893E5E2" w14:textId="77777777" w:rsidR="00544003" w:rsidRPr="006517D7" w:rsidRDefault="00544003" w:rsidP="00544003">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006517D7">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fecha de inicio y finalización:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30072ED5" w14:textId="77777777" w:rsidR="00544003" w:rsidRPr="007D390A" w:rsidRDefault="00544003" w:rsidP="00544003">
+          <w:p w14:paraId="2CE6BADC" w14:textId="77777777" w:rsidR="00544003" w:rsidRPr="007D390A" w:rsidRDefault="00544003" w:rsidP="00544003">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006517D7">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Empresa/Entidad:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1674" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E9C68B7" w14:textId="77777777" w:rsidR="005B7470" w:rsidRDefault="005B7470" w:rsidP="005B7470">
+          <w:p w14:paraId="2A9B66C2" w14:textId="77777777" w:rsidR="005B7470" w:rsidRDefault="005B7470" w:rsidP="005B7470">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7169E4F5" w14:textId="77777777" w:rsidR="00544003" w:rsidRPr="007D390A" w:rsidRDefault="00544003" w:rsidP="00544003">
+          <w:p w14:paraId="26C1FC57" w14:textId="77777777" w:rsidR="00544003" w:rsidRPr="007D390A" w:rsidRDefault="00544003" w:rsidP="00544003">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="300601C3" w14:textId="77777777" w:rsidR="00BA5591" w:rsidRDefault="00BA5591" w:rsidP="00782445">
+    <w:p w14:paraId="72CC0E84" w14:textId="77777777" w:rsidR="00BA5591" w:rsidRDefault="00BA5591" w:rsidP="00782445">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="181"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="8131"/>
         <w:gridCol w:w="1674"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="5BF1479A" w14:textId="77777777" w:rsidTr="00F13DA0">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="11B1F838" w14:textId="77777777" w:rsidTr="00F13DA0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8556" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="717E6303" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
+          <w:p w14:paraId="1955DCA9" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.- CONOCIMIENTO DE LA LENGUA PROPIA DE LA UNIVERSITAT DE VALÈNCIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1674" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="18A96DBE" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="001D7470" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="0DFEF8DE" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="001D7470" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Acreditación en</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36E3CB0B" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="099E1C57" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Archivo </w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Conocimiento de la lengua propia de la UV”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="1DD32395" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="0767DC41" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5254BA48" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="738C422D" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="177B461C" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="66D39D46" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sólo se valorará el nivel más alto de cada concursante:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1674" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6F3D4D80" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="5F457A0B" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Documentación acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="2D5F86CB" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="007D390A" w14:paraId="3B8CB41E" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4808DD2D" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="36795E70" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1719DD38" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="6928CAB2" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nivel y organismo acreditativo:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1674" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="564866F6" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="5CF510F7" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32A2DF5B" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="4098A8B3" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="44C2E054" w14:textId="77777777" w:rsidR="00BA5591" w:rsidRDefault="00BA5591" w:rsidP="00782445">
+    <w:p w14:paraId="1FE6BB9E" w14:textId="77777777" w:rsidR="00BA5591" w:rsidRDefault="00BA5591" w:rsidP="00782445">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="181"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="8134"/>
         <w:gridCol w:w="1671"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="0071719C" w14:paraId="59C66754" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="0071719C" w14:paraId="4C5D9134" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8559" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0324D468" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="71B85245" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">.- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>OTROS MÉRITOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="36F53DBF" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="001D7470" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="473911E9" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="001D7470" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Acreditació</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> en</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="794EA96B" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
+          <w:p w14:paraId="7370E066" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Archivo </w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8743,90 +8619,90 @@
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Otros méritos</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="0071719C" w14:paraId="043E6A35" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="0071719C" w14:paraId="580F9E8A" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2B76EC4A" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="3C986450" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0C53A682" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="00E92168" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="3D4D2488" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="00E92168" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
@@ -8915,275 +8791,275 @@
               <w:t>más</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B702E">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> alto de cada llengua certificada):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0027719E" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="537F5C95" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="0071719C" w14:paraId="476210B0" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="0071719C" w14:paraId="37D070C3" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="697D2262" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="6A41E8E0" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="009CFB7C" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="7D8FC3EB" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Idioma:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21686445" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="0F5C19D1" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Nivel</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>y organismo acreditativo:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3CDB6297" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="5B571BC0" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="0071719C" w14:paraId="58B7A7AD" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="0071719C" w14:paraId="1495BEC1" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1826F938" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="5282C4C7" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A33A58C" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="7DC3DB42" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
@@ -9193,484 +9069,484 @@
               </w:rPr>
               <w:t xml:space="preserve">.2 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>GESTIÓN Y OTROS MÉRITOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1A62BB49" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="5DBF726E" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="0071719C" w14:paraId="57201BB9" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="0071719C" w14:paraId="6A1598E5" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18A86E9E" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="4FC3AEF4" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10A863EA" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
+          <w:p w14:paraId="211BB35D" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00F13DA0">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Participación en comisiones de universidad:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="270DCA8C" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="3EBCBFC4" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F6737F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>á</w:t>
             </w:r>
             <w:r w:rsidRPr="00F6737F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>g</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F6737F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="0071719C" w14:paraId="5D541EFF" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="0071719C" w14:paraId="663DCB2E" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05D47143" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="59976919" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4209BDC7" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="20A7D11B" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Participación en órganos de representación universitaria:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AC25C1B" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="610DB74C" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A74F4">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A74F4">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="0071719C" w14:paraId="560EEBA6" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="0071719C" w14:paraId="76E35BB3" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F35F666" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="6BA8851E" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="543A981F" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="00F7613D" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="3B07AED5" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="00F7613D" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D390A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Otros méritos no valorados en ningún otro apartado:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66EABAD8" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="30CB009D" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A74F4">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A74F4">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="157330D3" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00782445">
+    <w:p w14:paraId="0B41EBF9" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007D390A" w:rsidRDefault="00F13DA0" w:rsidP="00782445">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="181"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="8134"/>
         <w:gridCol w:w="1671"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="0071719C" w14:paraId="50167161" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="0071719C" w14:paraId="20FD6C0A" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8559" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F24C93E" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="7B06725D" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>7.- MEDIDAS DE ACCIÓN POSITIVA PARA LA IGUALDAD DE OPORTUNIDADES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="41495160" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="001D7470" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="415E61DB" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="001D7470" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Acreditació</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> en</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34C3A179" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="5CDCE300" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Archivo </w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -9685,90 +9561,90 @@
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Medidas de acción positiva para la igualdad de oportunidades</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="0071719C" w14:paraId="1C93B7B7" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="0071719C" w14:paraId="0F1B322D" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="08086897" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="35268AD5" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="45A10DDF" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="00E92168" w:rsidRDefault="003228FD" w:rsidP="006B19F4">
+          <w:p w14:paraId="22A8E6FF" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="00E92168" w:rsidRDefault="003228FD" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B6223">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Permisos, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002B6223">
               <w:rPr>
@@ -10811,167 +10687,167 @@
               <w:t>puntos</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002B6223">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E9DF383" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="44B28167" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13DA0" w:rsidRPr="0071719C" w14:paraId="78973D16" w14:textId="77777777" w:rsidTr="006B19F4">
+      <w:tr w:rsidR="00F13DA0" w:rsidRPr="0071719C" w14:paraId="03F6663C" w14:textId="77777777" w:rsidTr="006B19F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="69FBBA20" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="21608F16" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="792044DF" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007B32A3" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="105E1550" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="007B32A3" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Situación</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65FF2AC0" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="04645B22" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Fechas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -10991,155 +10867,155 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>finalización</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007B32A3">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0917FED1" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
+          <w:p w14:paraId="1908DC41" w14:textId="77777777" w:rsidR="00F13DA0" w:rsidRPr="0071719C" w:rsidRDefault="00F13DA0" w:rsidP="006B19F4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pág</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5D0F78CA" w14:textId="77777777" w:rsidR="005D2D37" w:rsidRPr="007D390A" w:rsidRDefault="005D2D37" w:rsidP="00782445">
+    <w:p w14:paraId="1EBCBD40" w14:textId="77777777" w:rsidR="005D2D37" w:rsidRPr="007D390A" w:rsidRDefault="005D2D37" w:rsidP="00782445">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="181"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3599CAB4" w14:textId="77777777" w:rsidR="00B81935" w:rsidRPr="007D390A" w:rsidRDefault="00B81935" w:rsidP="00782445">
+    <w:p w14:paraId="49B51598" w14:textId="77777777" w:rsidR="00B81935" w:rsidRPr="007D390A" w:rsidRDefault="00B81935" w:rsidP="00782445">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="181"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="680235C1" w14:textId="77777777" w:rsidR="00B81935" w:rsidRPr="007D390A" w:rsidRDefault="00B81935" w:rsidP="00782445">
+    <w:p w14:paraId="430A3DC9" w14:textId="77777777" w:rsidR="00B81935" w:rsidRPr="007D390A" w:rsidRDefault="00B81935" w:rsidP="00782445">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="181"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B81935" w:rsidRPr="007D390A" w:rsidSect="00EB2833">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1985" w:right="758" w:bottom="709" w:left="1276" w:header="426" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6A647BF9" w14:textId="77777777" w:rsidR="00CD3C1E" w:rsidRDefault="00CD3C1E" w:rsidP="00531F54">
+    <w:p w14:paraId="0CCB3B3A" w14:textId="77777777" w:rsidR="00CD3C1E" w:rsidRDefault="00CD3C1E" w:rsidP="00531F54">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6CEA7723" w14:textId="77777777" w:rsidR="00CD3C1E" w:rsidRDefault="00CD3C1E" w:rsidP="00531F54">
+    <w:p w14:paraId="3C2CB905" w14:textId="77777777" w:rsidR="00CD3C1E" w:rsidRDefault="00CD3C1E" w:rsidP="00531F54">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -11174,182 +11050,182 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tw Cen MT">
     <w:panose1 w:val="020B0602020104020603"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="451194D5" w14:textId="77777777" w:rsidR="00E80CFC" w:rsidRDefault="00E80CFC">
+  <w:p w14:paraId="4B447808" w14:textId="77777777" w:rsidR="00E80CFC" w:rsidRDefault="00E80CFC">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1915080818"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="3F8887F3" w14:textId="77777777" w:rsidR="00E80CFC" w:rsidRPr="007C5BD6" w:rsidRDefault="00EA2033">
+      <w:p w14:paraId="34B62A6B" w14:textId="77777777" w:rsidR="00E80CFC" w:rsidRPr="007C5BD6" w:rsidRDefault="00EA2033">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="007C5BD6">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00E80CFC" w:rsidRPr="007C5BD6">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="007C5BD6">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="003228FD">
+        <w:r w:rsidR="00D732A6">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>1</w:t>
         </w:r>
         <w:r w:rsidRPr="007C5BD6">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="73D444C6" w14:textId="77777777" w:rsidR="00E80CFC" w:rsidRDefault="00E80CFC">
+  <w:p w14:paraId="4B861F51" w14:textId="77777777" w:rsidR="00E80CFC" w:rsidRDefault="00E80CFC">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4C89DF45" w14:textId="77777777" w:rsidR="00E80CFC" w:rsidRDefault="00E80CFC">
+  <w:p w14:paraId="6623CE96" w14:textId="77777777" w:rsidR="00E80CFC" w:rsidRDefault="00E80CFC">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37D50933" w14:textId="77777777" w:rsidR="00CD3C1E" w:rsidRDefault="00CD3C1E" w:rsidP="00531F54">
+    <w:p w14:paraId="7AF1327D" w14:textId="77777777" w:rsidR="00CD3C1E" w:rsidRDefault="00CD3C1E" w:rsidP="00531F54">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="52858F2C" w14:textId="77777777" w:rsidR="00CD3C1E" w:rsidRDefault="00CD3C1E" w:rsidP="00531F54">
+    <w:p w14:paraId="135B6257" w14:textId="77777777" w:rsidR="00CD3C1E" w:rsidRDefault="00CD3C1E" w:rsidP="00531F54">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0D7B382C" w14:textId="77777777" w:rsidR="00E80CFC" w:rsidRDefault="00E80CFC">
+  <w:p w14:paraId="3E50D6C6" w14:textId="77777777" w:rsidR="00E80CFC" w:rsidRDefault="00E80CFC">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="25ACE848" w14:textId="77777777" w:rsidR="00E80CFC" w:rsidRDefault="00E80CFC">
+  <w:p w14:paraId="0D2181A4" w14:textId="77777777" w:rsidR="00E80CFC" w:rsidRDefault="00E80CFC">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4551B57A" wp14:editId="6AABF630">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C7D8F3D" wp14:editId="57ED0C59">
           <wp:extent cx="2245995" cy="929005"/>
           <wp:effectExtent l="0" t="0" r="1905" b="4445"/>
           <wp:docPr id="3" name="Imagen 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
@@ -11359,51 +11235,51 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2245995" cy="929005"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="315CBC85" w14:textId="77777777" w:rsidR="00E80CFC" w:rsidRDefault="00E80CFC">
+  <w:p w14:paraId="193DF5A6" w14:textId="77777777" w:rsidR="00E80CFC" w:rsidRDefault="00E80CFC">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00C07EEC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4B8A56E0"/>
     <w:lvl w:ilvl="0" w:tplc="B66A82D2">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -13965,51 +13841,51 @@
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="15"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="18433"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A2190B"/>
     <w:rsid w:val="000020B9"/>
     <w:rsid w:val="00010EA2"/>
     <w:rsid w:val="0001194B"/>
     <w:rsid w:val="00020798"/>
     <w:rsid w:val="00022E5B"/>
     <w:rsid w:val="00024867"/>
     <w:rsid w:val="00027CBF"/>
     <w:rsid w:val="000300B5"/>
     <w:rsid w:val="00033359"/>
     <w:rsid w:val="00034ABC"/>
@@ -14183,50 +14059,51 @@
     <w:rsid w:val="00386611"/>
     <w:rsid w:val="00391240"/>
     <w:rsid w:val="0039225F"/>
     <w:rsid w:val="00394A8B"/>
     <w:rsid w:val="0039738A"/>
     <w:rsid w:val="003A44F5"/>
     <w:rsid w:val="003A6F5C"/>
     <w:rsid w:val="003A78D2"/>
     <w:rsid w:val="003C1B05"/>
     <w:rsid w:val="003C24B2"/>
     <w:rsid w:val="003C59EF"/>
     <w:rsid w:val="003C69ED"/>
     <w:rsid w:val="003D3557"/>
     <w:rsid w:val="003D722F"/>
     <w:rsid w:val="003E66A2"/>
     <w:rsid w:val="003F0179"/>
     <w:rsid w:val="003F1CB8"/>
     <w:rsid w:val="003F1D00"/>
     <w:rsid w:val="003F47D9"/>
     <w:rsid w:val="003F7481"/>
     <w:rsid w:val="004027FB"/>
     <w:rsid w:val="004116CC"/>
     <w:rsid w:val="00415A48"/>
     <w:rsid w:val="004255E7"/>
     <w:rsid w:val="00432294"/>
+    <w:rsid w:val="004347E5"/>
     <w:rsid w:val="004369E4"/>
     <w:rsid w:val="00436E1E"/>
     <w:rsid w:val="004420A2"/>
     <w:rsid w:val="00446787"/>
     <w:rsid w:val="004517A1"/>
     <w:rsid w:val="004553AE"/>
     <w:rsid w:val="00456BB2"/>
     <w:rsid w:val="00465708"/>
     <w:rsid w:val="00466AFC"/>
     <w:rsid w:val="00473D6D"/>
     <w:rsid w:val="00481D35"/>
     <w:rsid w:val="00484C0B"/>
     <w:rsid w:val="00491839"/>
     <w:rsid w:val="0049384F"/>
     <w:rsid w:val="00493E15"/>
     <w:rsid w:val="004942D4"/>
     <w:rsid w:val="00494FB7"/>
     <w:rsid w:val="00495B03"/>
     <w:rsid w:val="004A17F6"/>
     <w:rsid w:val="004A21FC"/>
     <w:rsid w:val="004A3A3D"/>
     <w:rsid w:val="004A74CF"/>
     <w:rsid w:val="004C1342"/>
     <w:rsid w:val="004C2842"/>
     <w:rsid w:val="004C2A81"/>
@@ -14584,50 +14461,51 @@
     <w:rsid w:val="00CE794A"/>
     <w:rsid w:val="00CF5747"/>
     <w:rsid w:val="00D04A42"/>
     <w:rsid w:val="00D12E13"/>
     <w:rsid w:val="00D13290"/>
     <w:rsid w:val="00D15FDF"/>
     <w:rsid w:val="00D16F26"/>
     <w:rsid w:val="00D1723F"/>
     <w:rsid w:val="00D40825"/>
     <w:rsid w:val="00D42E49"/>
     <w:rsid w:val="00D45FAC"/>
     <w:rsid w:val="00D47231"/>
     <w:rsid w:val="00D5195B"/>
     <w:rsid w:val="00D519D3"/>
     <w:rsid w:val="00D5342E"/>
     <w:rsid w:val="00D60074"/>
     <w:rsid w:val="00D6178C"/>
     <w:rsid w:val="00D61885"/>
     <w:rsid w:val="00D618AD"/>
     <w:rsid w:val="00D63E6E"/>
     <w:rsid w:val="00D65101"/>
     <w:rsid w:val="00D65B21"/>
     <w:rsid w:val="00D670BB"/>
     <w:rsid w:val="00D72D79"/>
     <w:rsid w:val="00D72E62"/>
+    <w:rsid w:val="00D732A6"/>
     <w:rsid w:val="00D7631E"/>
     <w:rsid w:val="00D80A14"/>
     <w:rsid w:val="00D810C3"/>
     <w:rsid w:val="00D836C3"/>
     <w:rsid w:val="00D8589D"/>
     <w:rsid w:val="00D8780E"/>
     <w:rsid w:val="00D9581C"/>
     <w:rsid w:val="00D96850"/>
     <w:rsid w:val="00DA370F"/>
     <w:rsid w:val="00DA4623"/>
     <w:rsid w:val="00DA49E6"/>
     <w:rsid w:val="00DB23D6"/>
     <w:rsid w:val="00DB4267"/>
     <w:rsid w:val="00DB58F2"/>
     <w:rsid w:val="00DB68F6"/>
     <w:rsid w:val="00DC4730"/>
     <w:rsid w:val="00DC5A58"/>
     <w:rsid w:val="00DD2AEB"/>
     <w:rsid w:val="00DD679D"/>
     <w:rsid w:val="00DE051A"/>
     <w:rsid w:val="00DE19AB"/>
     <w:rsid w:val="00DE2039"/>
     <w:rsid w:val="00DF01CC"/>
     <w:rsid w:val="00DF026F"/>
     <w:rsid w:val="00DF3A73"/>
@@ -14691,89 +14569,88 @@
     <w:rsid w:val="00F01725"/>
     <w:rsid w:val="00F06106"/>
     <w:rsid w:val="00F13DA0"/>
     <w:rsid w:val="00F1488F"/>
     <w:rsid w:val="00F15B34"/>
     <w:rsid w:val="00F15BF4"/>
     <w:rsid w:val="00F269E3"/>
     <w:rsid w:val="00F27C3F"/>
     <w:rsid w:val="00F342B7"/>
     <w:rsid w:val="00F44F36"/>
     <w:rsid w:val="00F5120B"/>
     <w:rsid w:val="00F56F1D"/>
     <w:rsid w:val="00F660F7"/>
     <w:rsid w:val="00F7184A"/>
     <w:rsid w:val="00F75455"/>
     <w:rsid w:val="00F80D13"/>
     <w:rsid w:val="00F8251E"/>
     <w:rsid w:val="00F83C06"/>
     <w:rsid w:val="00F84CAC"/>
     <w:rsid w:val="00F85637"/>
     <w:rsid w:val="00F86ABC"/>
     <w:rsid w:val="00F87EE4"/>
     <w:rsid w:val="00F94842"/>
     <w:rsid w:val="00FA2C64"/>
     <w:rsid w:val="00FA6AA8"/>
-    <w:rsid w:val="00FB0236"/>
     <w:rsid w:val="00FB1A6D"/>
     <w:rsid w:val="00FB2357"/>
     <w:rsid w:val="00FB2695"/>
     <w:rsid w:val="00FB2AE4"/>
     <w:rsid w:val="00FB33C9"/>
     <w:rsid w:val="00FB3ABD"/>
     <w:rsid w:val="00FB6E6C"/>
     <w:rsid w:val="00FC4550"/>
     <w:rsid w:val="00FC4D22"/>
     <w:rsid w:val="00FC5469"/>
     <w:rsid w:val="00FD460B"/>
     <w:rsid w:val="00FE1CDA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="18433"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2FF33D4C"/>
+  <w14:docId w14:val="562FBFF7"/>
   <w15:docId w15:val="{3BDB67BC-9361-4D95-B69D-17F92160ABBB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -15924,79 +15801,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED77F197-3D85-49BE-B89E-C3D36F28BF9E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1835F7E7-6A98-436B-A137-15239E629736}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1331</Words>
-  <Characters>7321</Characters>
+  <Words>1313</Words>
+  <Characters>7226</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>61</Lines>
+  <Lines>60</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>REGLAMENT DE SELECCIÓ DEL PERSONAL DOCENT I INVESTIGADOR DE LA UNIVERSITAT DE VALÈNCIA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Servei d'Informàtica</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8635</CharactersWithSpaces>
+  <CharactersWithSpaces>8522</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>REGLAMENT DE SELECCIÓ DEL PERSONAL DOCENT I INVESTIGADOR DE LA UNIVERSITAT DE VALÈNCIA</dc:title>
   <dc:creator>Teresa;Trice</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>