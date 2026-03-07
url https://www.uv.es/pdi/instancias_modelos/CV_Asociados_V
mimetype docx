--- v0 (2025-10-02)
+++ v1 (2026-03-07)
@@ -8,114 +8,114 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="651C4D8B" w14:textId="77777777" w:rsidR="00A87986" w:rsidRPr="0071719C" w:rsidRDefault="00A87986" w:rsidP="007C5BD6">
+    <w:p w:rsidR="00A87986" w:rsidRPr="0071719C" w:rsidRDefault="00A87986" w:rsidP="007C5BD6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-142" w:right="196"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Tw Cen MT" w:hAnsi="Tw Cen MT"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09D7B1AE" w14:textId="77777777" w:rsidR="0070352B" w:rsidRPr="0071719C" w:rsidRDefault="0070352B" w:rsidP="007C5BD6">
+    <w:p w:rsidR="0070352B" w:rsidRPr="0071719C" w:rsidRDefault="0070352B" w:rsidP="007C5BD6">
       <w:pPr>
         <w:ind w:left="-142" w:right="196"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32C80E11" w14:textId="77777777" w:rsidR="00F80773" w:rsidRDefault="00F80773" w:rsidP="00F80773">
+    <w:p w:rsidR="00F80773" w:rsidRDefault="00F80773" w:rsidP="00F80773">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="2836"/>
           <w:tab w:val="left" w:pos="3545"/>
           <w:tab w:val="left" w:pos="4254"/>
           <w:tab w:val="left" w:pos="4963"/>
           <w:tab w:val="left" w:pos="5672"/>
           <w:tab w:val="left" w:pos="6381"/>
           <w:tab w:val="left" w:pos="7090"/>
           <w:tab w:val="left" w:pos="7799"/>
           <w:tab w:val="left" w:pos="8508"/>
           <w:tab w:val="left" w:pos="9217"/>
           <w:tab w:val="left" w:pos="9926"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FD0824F" w14:textId="77777777" w:rsidR="00F80773" w:rsidRDefault="00F80773" w:rsidP="00F80773">
+    <w:p w:rsidR="00F80773" w:rsidRDefault="00F80773" w:rsidP="00F80773">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="2836"/>
           <w:tab w:val="left" w:pos="3545"/>
           <w:tab w:val="left" w:pos="4254"/>
           <w:tab w:val="left" w:pos="4963"/>
           <w:tab w:val="left" w:pos="5672"/>
           <w:tab w:val="left" w:pos="6381"/>
           <w:tab w:val="left" w:pos="7090"/>
           <w:tab w:val="left" w:pos="7799"/>
           <w:tab w:val="left" w:pos="8508"/>
           <w:tab w:val="left" w:pos="9217"/>
           <w:tab w:val="left" w:pos="9926"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma"/>
@@ -199,408 +199,384 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF141B">
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>ASSOCIAT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D23EC43" w14:textId="77777777" w:rsidR="00F80773" w:rsidRPr="00BF141B" w:rsidRDefault="00F80773" w:rsidP="00F80773">
+    <w:p w:rsidR="00F80773" w:rsidRPr="00BF141B" w:rsidRDefault="00F80773" w:rsidP="00F80773">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="2836"/>
           <w:tab w:val="left" w:pos="3545"/>
           <w:tab w:val="left" w:pos="4254"/>
           <w:tab w:val="left" w:pos="4963"/>
           <w:tab w:val="left" w:pos="5672"/>
           <w:tab w:val="left" w:pos="6381"/>
           <w:tab w:val="left" w:pos="7090"/>
           <w:tab w:val="left" w:pos="7799"/>
           <w:tab w:val="left" w:pos="8508"/>
           <w:tab w:val="left" w:pos="9217"/>
           <w:tab w:val="left" w:pos="9926"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="262B9ED5" w14:textId="77777777" w:rsidR="00F80773" w:rsidRDefault="00F80773" w:rsidP="00F80773">
+    <w:p w:rsidR="00F80773" w:rsidRDefault="00F80773" w:rsidP="00F80773">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="2836"/>
           <w:tab w:val="left" w:pos="3545"/>
           <w:tab w:val="left" w:pos="4254"/>
           <w:tab w:val="left" w:pos="4963"/>
           <w:tab w:val="left" w:pos="5672"/>
           <w:tab w:val="left" w:pos="6381"/>
           <w:tab w:val="left" w:pos="7090"/>
           <w:tab w:val="left" w:pos="7799"/>
           <w:tab w:val="left" w:pos="8508"/>
           <w:tab w:val="left" w:pos="9217"/>
           <w:tab w:val="left" w:pos="9926"/>
         </w:tabs>
         <w:ind w:left="-180"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="727918B5" w14:textId="77777777" w:rsidR="00F80773" w:rsidRDefault="00F80773" w:rsidP="00F80773">
+    <w:p w:rsidR="00F80773" w:rsidRDefault="00F80773" w:rsidP="00F80773">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="2836"/>
           <w:tab w:val="left" w:pos="3545"/>
           <w:tab w:val="left" w:pos="4254"/>
           <w:tab w:val="left" w:pos="4963"/>
           <w:tab w:val="left" w:pos="5672"/>
           <w:tab w:val="left" w:pos="6381"/>
           <w:tab w:val="left" w:pos="7090"/>
           <w:tab w:val="left" w:pos="7799"/>
           <w:tab w:val="left" w:pos="8508"/>
           <w:tab w:val="left" w:pos="9217"/>
           <w:tab w:val="left" w:pos="9926"/>
         </w:tabs>
         <w:ind w:left="-180"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AB5D4F6" w14:textId="77777777" w:rsidR="00F80773" w:rsidRPr="0071719C" w:rsidRDefault="00F80773" w:rsidP="00F80773">
+    <w:p w:rsidR="00F80773" w:rsidRPr="0071719C" w:rsidRDefault="00F80773" w:rsidP="00F80773">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="2127"/>
           <w:tab w:val="left" w:pos="2836"/>
           <w:tab w:val="left" w:pos="3545"/>
           <w:tab w:val="left" w:pos="4254"/>
           <w:tab w:val="left" w:pos="4963"/>
           <w:tab w:val="left" w:pos="5672"/>
           <w:tab w:val="left" w:pos="6381"/>
           <w:tab w:val="left" w:pos="7090"/>
           <w:tab w:val="left" w:pos="7799"/>
           <w:tab w:val="left" w:pos="8508"/>
           <w:tab w:val="left" w:pos="9217"/>
           <w:tab w:val="left" w:pos="9926"/>
         </w:tabs>
         <w:ind w:left="-180"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CB7A8ED" w14:textId="77777777" w:rsidR="00F80773" w:rsidRPr="0071719C" w:rsidRDefault="00F80773" w:rsidP="00F80773">
+    <w:p w:rsidR="00F80773" w:rsidRPr="0071719C" w:rsidRDefault="00F80773" w:rsidP="00F80773">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0071719C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">La presentació del currículum es farà necessàriament mitjançant aquest model. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CD8517B" w14:textId="77777777" w:rsidR="00F80773" w:rsidRPr="0071719C" w:rsidRDefault="00F80773" w:rsidP="00F80773">
+    <w:p w:rsidR="00F80773" w:rsidRPr="0071719C" w:rsidRDefault="00F80773" w:rsidP="00F80773">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0071719C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">El currículum ha de recollir la </w:t>
       </w:r>
       <w:r w:rsidRPr="0071719C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">relació exhaustiva de tots els mèrits </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">que se sol·licita </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> avaluats</w:t>
+        <w:t>que se sol·licita siguen avaluats</w:t>
       </w:r>
       <w:r w:rsidRPr="0071719C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, classificats d’acord amb l’estructura d’aquest model. A més, </w:t>
       </w:r>
       <w:r w:rsidRPr="0071719C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>respecte de cada mèrit, serà necessari especificar la informació ressenyada en cada ítem del model de currículum.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21BABD2B" w14:textId="77777777" w:rsidR="00F80773" w:rsidRPr="0071719C" w:rsidRDefault="00F80773" w:rsidP="00F80773">
+    <w:p w:rsidR="00F80773" w:rsidRPr="0071719C" w:rsidRDefault="00F80773" w:rsidP="00F80773">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0071719C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>Els docume</w:t>
       </w:r>
       <w:r w:rsidR="00F332DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>nts acreditatius dels mèrits al·</w:t>
       </w:r>
       <w:r w:rsidRPr="0071719C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>legats s’hauran d’annexar seguint l’ordre de paginació de la relació de mèrits.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13F7DA2A" w14:textId="77777777" w:rsidR="00F80773" w:rsidRPr="00971D99" w:rsidRDefault="00F80773" w:rsidP="00F80773">
+    <w:p w:rsidR="00F80773" w:rsidRPr="00971D99" w:rsidRDefault="00F80773" w:rsidP="00F80773">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00971D99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>Cada contribució només ha de figurar una vegada.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="267931EF" w14:textId="77777777" w:rsidR="00F80773" w:rsidRDefault="00F80773" w:rsidP="00F80773">
+    <w:p w:rsidR="00F80773" w:rsidRDefault="00F80773" w:rsidP="00F80773">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="127D6BE7" w14:textId="77777777" w:rsidR="00F80773" w:rsidRDefault="00F80773" w:rsidP="00F80773">
+    <w:p w:rsidR="00F80773" w:rsidRDefault="00F80773" w:rsidP="00F80773">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2269"/>
         <w:gridCol w:w="2722"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="2688"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F80773" w:rsidRPr="0071719C" w14:paraId="383C6CF3" w14:textId="77777777" w:rsidTr="00F80773">
+      <w:tr w:rsidR="00F80773" w:rsidRPr="0071719C" w:rsidTr="00F80773">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="70A13ABB" w14:textId="77777777" w:rsidR="00F80773" w:rsidRPr="0071719C" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
+          <w:p w:rsidR="00F80773" w:rsidRPr="0071719C" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Nom i c</w:t>
@@ -613,1210 +589,1180 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>ognoms</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4281" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74571283" w14:textId="77777777" w:rsidR="00F80773" w:rsidRPr="00BF141B" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
+          <w:p w:rsidR="00F80773" w:rsidRPr="00BF141B" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B6E3216" w14:textId="77777777" w:rsidR="00F80773" w:rsidRPr="00F31B14" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
+          <w:p w:rsidR="00F80773" w:rsidRPr="00F31B14" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F31B14">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>DNI:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2688" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D8451A1" w14:textId="77777777" w:rsidR="00F80773" w:rsidRPr="00BF141B" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
+          <w:p w:rsidR="00F80773" w:rsidRPr="00BF141B" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F80773" w:rsidRPr="0071719C" w14:paraId="0FF023E8" w14:textId="77777777" w:rsidTr="00F80773">
+      <w:tr w:rsidR="00F80773" w:rsidRPr="0071719C" w:rsidTr="00F80773">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="012C697E" w14:textId="77777777" w:rsidR="00F80773" w:rsidRPr="0071719C" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
+          <w:p w:rsidR="00F80773" w:rsidRPr="0071719C" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Correu electrònic:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4281" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FD7B7A1" w14:textId="77777777" w:rsidR="00F80773" w:rsidRPr="00BF141B" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
+          <w:p w:rsidR="00F80773" w:rsidRPr="00BF141B" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31AC5F73" w14:textId="77777777" w:rsidR="00F80773" w:rsidRPr="00BF141B" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
+          <w:p w:rsidR="00F80773" w:rsidRPr="00BF141B" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Telèfon:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2688" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CD69A74" w14:textId="77777777" w:rsidR="00F80773" w:rsidRPr="00BF141B" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
+          <w:p w:rsidR="00F80773" w:rsidRPr="00BF141B" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F80773" w:rsidRPr="0071719C" w14:paraId="75AB1F24" w14:textId="77777777" w:rsidTr="00F80773">
+      <w:tr w:rsidR="00F80773" w:rsidRPr="0071719C" w:rsidTr="00F80773">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0A9E294A" w14:textId="77777777" w:rsidR="00F80773" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
+          <w:p w:rsidR="00F80773" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Número de plaça:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2722" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70A2C396" w14:textId="77777777" w:rsidR="00F80773" w:rsidRPr="00BF141B" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
+          <w:p w:rsidR="00F80773" w:rsidRPr="00BF141B" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F364B2D" w14:textId="77777777" w:rsidR="00F80773" w:rsidRPr="00BF141B" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
+          <w:p w:rsidR="00F80773" w:rsidRPr="00BF141B" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F31B14">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Convocatòria</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3680" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50EED696" w14:textId="45AE0DEB" w:rsidR="00F80773" w:rsidRPr="00BF141B" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
+          <w:p w:rsidR="00F80773" w:rsidRPr="00BF141B" w:rsidRDefault="00F80773" w:rsidP="00563A91">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Associats núm. </w:t>
             </w:r>
             <w:r w:rsidRPr="0076128E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>[...]</w:t>
             </w:r>
             <w:r w:rsidR="00A44A78">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Curs 202</w:t>
             </w:r>
-            <w:r w:rsidR="00B26B34">
+            <w:r w:rsidR="00563A91">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="00B26B34">
+            <w:r w:rsidR="00563A91">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F80773" w:rsidRPr="0071719C" w14:paraId="14E271CF" w14:textId="77777777" w:rsidTr="00F80773">
+      <w:tr w:rsidR="00F80773" w:rsidRPr="0071719C" w:rsidTr="00F80773">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="40D6A270" w14:textId="77777777" w:rsidR="00F80773" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
+          <w:p w:rsidR="00F80773" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Àrea de coneixement:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7961" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05226DFF" w14:textId="77777777" w:rsidR="00F80773" w:rsidRPr="00BF141B" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
+          <w:p w:rsidR="00F80773" w:rsidRPr="00BF141B" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F80773" w:rsidRPr="0071719C" w14:paraId="28131454" w14:textId="77777777" w:rsidTr="00F80773">
+      <w:tr w:rsidR="00F80773" w:rsidRPr="0071719C" w:rsidTr="00F80773">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4E34BF15" w14:textId="77777777" w:rsidR="00F80773" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
+          <w:p w:rsidR="00F80773" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Departament:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7961" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58935AE6" w14:textId="77777777" w:rsidR="00F80773" w:rsidRPr="00BF141B" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
+          <w:p w:rsidR="00F80773" w:rsidRPr="00BF141B" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F80773" w:rsidRPr="0071719C" w14:paraId="6AD10278" w14:textId="77777777" w:rsidTr="00F80773">
+      <w:tr w:rsidR="00F80773" w:rsidRPr="0071719C" w:rsidTr="00F80773">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7EFFAE22" w14:textId="77777777" w:rsidR="00F80773" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
+          <w:p w:rsidR="00F80773" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Centre:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7961" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31C84377" w14:textId="77777777" w:rsidR="00F80773" w:rsidRPr="00BF141B" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
+          <w:p w:rsidR="00F80773" w:rsidRPr="00BF141B" w:rsidRDefault="00F80773" w:rsidP="00A44A78">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6F58B86A" w14:textId="77777777" w:rsidR="00DC5A58" w:rsidRPr="0071719C" w:rsidRDefault="00DC5A58" w:rsidP="008F1A4C">
+    <w:p w:rsidR="00DC5A58" w:rsidRPr="0071719C" w:rsidRDefault="00DC5A58" w:rsidP="008F1A4C">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39A7C068" w14:textId="77777777" w:rsidR="0057407F" w:rsidRDefault="0057407F" w:rsidP="00782445">
+    <w:p w:rsidR="0057407F" w:rsidRDefault="0057407F" w:rsidP="00782445">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="181"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="8130"/>
         <w:gridCol w:w="1675"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w14:paraId="6B34F745" w14:textId="77777777" w:rsidTr="00A44A78">
+      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidTr="00A44A78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8555" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="738D2008" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="008B6029" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="008B6029" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">1.- FORMACIÓ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>ACADÈMICA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1675" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0812D356" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="001D7470" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
-[...8 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="00A44A78" w:rsidRPr="001D7470" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Acreditació</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> en</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55424A9B" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
-[...7 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Arxiu</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">Arxiu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D7470">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">“1. Formació </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>acadèmica</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">“1. </w:t>
-[...34 lines deleted...]
-              </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w14:paraId="2F0D9626" w14:textId="77777777" w:rsidTr="00A44A78">
+      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidTr="00A44A78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="69FEFF89" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="769E1324" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">1.1 EXPEDIENT </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="29514D42" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w14:paraId="7C482913" w14:textId="77777777" w:rsidTr="00A44A78">
+      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidTr="00A44A78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3745F9FC" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12940BA5" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Expedient acadèmic del grau, llicenciatura o diplomatura:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="548F7D46" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Nota mitjana:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FC5D972" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Títol:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0433BD4A" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Universitat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4FF16F50" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA233E">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w14:paraId="1DDA7DFE" w14:textId="77777777" w:rsidTr="00A44A78">
+      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidTr="00A44A78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="775CB602" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8130" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3ABF7186" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Premi extraordinari o equivalent de grau, </w:t>
             </w:r>
             <w:r w:rsidRPr="008B6029">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>llicenciatura</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> o diplomatura:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D72F2D3" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA233E">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w14:paraId="3C9429FD" w14:textId="77777777" w:rsidTr="00A44A78">
+      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidTr="00A44A78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62203DFB" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8130" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09F6B5AE" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Premi </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -1828,350 +1774,350 @@
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>llicenciatura</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> o diplomatura:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58A4927A" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA233E">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w14:paraId="64787578" w14:textId="77777777" w:rsidTr="00A44A78">
+      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidTr="00A44A78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1B1B9652" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C627F3D" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>1.2 ALTRES TÍTOLS UNIVERSITARIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="39B80A85" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w14:paraId="524D12E8" w14:textId="77777777" w:rsidTr="00A44A78">
+      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidTr="00A44A78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C3F5EAC" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="261FE3C6" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>ítols de Doctor:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3071DD00" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Universitat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B381A13" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF0392">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w14:paraId="785265DD" w14:textId="77777777" w:rsidTr="00A44A78">
+      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidTr="00A44A78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71DB3D79" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>b</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8130" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02D23A14" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
@@ -2183,120 +2129,120 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>/Industrial</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> al títol de Doctor:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="560AD320" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF0392">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w14:paraId="33E8C27B" w14:textId="77777777" w:rsidTr="00A44A78">
+      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidTr="00A44A78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C1ACE11" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8130" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B602289" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Altres t</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
@@ -2309,1430 +2255,1398 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>(nivell de màster, llicenciatura, g</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>rau, diplomatura o segon cicle)</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3219E319" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Universitat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2629FD57" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF0392">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w14:paraId="2C630FDC" w14:textId="77777777" w:rsidTr="00A44A78">
+      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidTr="00A44A78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0379B44A" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8130" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F0638EC" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Títols postgraus propis:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5CC29EDB" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Universitat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="315531C5" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF0392">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6F6434B9" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRDefault="00A44A78" w:rsidP="00782445">
+    <w:p w:rsidR="00A44A78" w:rsidRDefault="00A44A78" w:rsidP="00782445">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="181"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="8134"/>
         <w:gridCol w:w="1671"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w14:paraId="2049BDCE" w14:textId="77777777" w:rsidTr="00A44A78">
+      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidTr="00A44A78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8559" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72479A2F" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">2.- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>MÈRITS DOCENTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3FF2FC61" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="001D7470" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
-[...8 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="00A44A78" w:rsidRPr="001D7470" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Acreditació</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> en</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67C8E017" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
-[...7 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Arxiu</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">Arxiu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D7470">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>“</w:t>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>Mèrits docents</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">. </w:t>
-[...34 lines deleted...]
-              </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w14:paraId="05A7B53C" w14:textId="77777777" w:rsidTr="00A44A78">
+      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidTr="00A44A78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="48034D72" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41BEDE70" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">2.1 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>DOCÈNCIA UNIVERSITÀRIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5268483A" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w14:paraId="63020E2A" w14:textId="77777777" w:rsidTr="00A44A78">
+      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidTr="00A44A78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0DE08250" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="78F3DD6C" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Docència en títols oficials:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E827870" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Any i dat</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>es d’inici i acabament:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E533270" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Categoria professional i dedicació:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48C2ACAF" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Crèdits impartits:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F677FAD" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Assignatura:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="709A0256" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Departament i Universitat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F588C0F" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C518A2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w14:paraId="2C7237B9" w14:textId="77777777" w:rsidTr="00A44A78">
+      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidTr="00A44A78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60E63E9E" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BFD19AC" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Docència en títols propis:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37CED95D" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Any i dat</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>es d’inici i acabament:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1575A49F" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Categoria professional i dedicació:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D392773" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Crèdits impartits:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74AB4FC0" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Assignatura:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B1F64F2" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Departament i Universitat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E707CD8" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C518A2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w14:paraId="22EC8634" w14:textId="77777777" w:rsidTr="00A44A78">
+      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidTr="00A44A78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34D07219" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BB60445" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Altra docència universitària impartida: cursos de formació docent universitària, extensió universitària</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>, cursos de formació transversal en programes de doctorat, cursos en programes d’estudis per a estrangers</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>, etc.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50CEA714" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C518A2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A44A78" w:rsidRPr="00731EE8" w14:paraId="50CFA39D" w14:textId="77777777" w:rsidTr="00A44A78">
+      <w:tr w:rsidR="00A44A78" w:rsidRPr="00731EE8" w:rsidTr="00A44A78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66E54DDB" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>d)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05E8CA04" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Docència com a professorat tutor en universitats a d</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>istància</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E9AADCE" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Any i dat</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>es d’inici i acabament:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F0A9413" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Dedicació:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73DF6761" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Assignatura:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C8DE335" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Departament i Universitat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A52428B" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:r w:rsidRPr="005F00E1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A44A78" w:rsidRPr="00731EE8" w14:paraId="7B730EE9" w14:textId="77777777" w:rsidTr="00A44A78">
+      <w:tr w:rsidR="00A44A78" w:rsidRPr="00731EE8" w:rsidTr="00A44A78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48C4A510" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>e)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AFD2749" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00037F05">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Tutor/a d’empresa o institució de pràctiques externes curriculars</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1CD8F882" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Any i da</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>es d’inici i acabament:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4AC256A9" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Empresa o institució:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C837D85" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:r w:rsidRPr="005F00E1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w14:paraId="544C7A9D" w14:textId="77777777" w:rsidTr="00A44A78">
+      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidTr="00A44A78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="080FF84F" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67B5A552" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00561EDC">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00561EDC">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -3751,794 +3665,627 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>FORMACIÓ DOCENT UNIVERSITÀRIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3E942497" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w14:paraId="04F4BCDF" w14:textId="77777777" w:rsidTr="00A44A78">
+      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidTr="00A44A78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1508B700" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A6125F0" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00561EDC" w:rsidP="00F64717">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00561EDC" w:rsidP="00F64717">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00561EDC">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Per participar en projectes d’innovació educativa per a la millora docent</w:t>
             </w:r>
             <w:r w:rsidR="00A44A78" w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BF91EBC" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00F95116" w:rsidP="00F64717">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00F95116" w:rsidP="00F64717">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Projecte</w:t>
             </w:r>
             <w:r w:rsidR="00F64717">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F1CF521" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C518A2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w14:paraId="0007680E" w14:textId="77777777" w:rsidTr="00A44A78">
+      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidTr="00A44A78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BFE6E3C" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AD7C89E" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="00F64717" w:rsidRDefault="00F64717" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="00F64717" w:rsidRDefault="00F64717" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F64717">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Per cursos rebuts de formació per a la docència universitària impartits per Universitats o organismes oficials</w:t>
             </w:r>
             <w:r w:rsidR="00A44A78" w:rsidRPr="00F64717">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3338208D" w14:textId="77777777" w:rsidR="00F64717" w:rsidRPr="0071719C" w:rsidRDefault="00F64717" w:rsidP="00F64717">
+          <w:p w:rsidR="00F64717" w:rsidRPr="0071719C" w:rsidRDefault="00F64717" w:rsidP="00F64717">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Curs i núm. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>d’</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>hores:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B45A22F" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="00F64717" w:rsidRDefault="00F64717" w:rsidP="00F64717">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="00F64717" w:rsidRDefault="00F64717" w:rsidP="00F64717">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Universitat</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> o organisme</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="096B9A34" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C518A2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w14:paraId="7AF1152E" w14:textId="77777777" w:rsidTr="00A44A78">
+      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidTr="00A44A78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="372F862D" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="353B42D1" w14:textId="77777777" w:rsidR="00F64717" w:rsidRPr="0071719C" w:rsidRDefault="00F64717" w:rsidP="00F64717">
+          <w:p w:rsidR="00F64717" w:rsidRPr="0071719C" w:rsidRDefault="00F64717" w:rsidP="00F64717">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="256"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Per cursos rebuts de formació </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>en matèria d’igualtat, diversitat i/o sostenibilitat</w:t>
             </w:r>
+            <w:r w:rsidR="00563A91">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00563A91" w:rsidRPr="00F64717">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+              <w:t>impartits per Universitats o organismes oficials</w:t>
+            </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D7F2491" w14:textId="77777777" w:rsidR="00F64717" w:rsidRPr="0071719C" w:rsidRDefault="00F64717" w:rsidP="00F64717">
+          <w:p w:rsidR="00F64717" w:rsidRPr="0071719C" w:rsidRDefault="00F64717" w:rsidP="00F64717">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Curs i núm. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>d’</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>hores:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51AAA3F2" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00F64717" w:rsidP="00F64717">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00F64717" w:rsidP="00F64717">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Universitat</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> o organisme</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A604984" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C518A2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F64717" w:rsidRPr="0071719C" w14:paraId="12F03525" w14:textId="77777777" w:rsidTr="00A44A78">
-[...184 lines deleted...]
-      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w14:paraId="73211673" w14:textId="77777777" w:rsidTr="00A44A78">
+      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidTr="00A44A78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2433870A" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67D03FC1" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>2.3</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
@@ -4548,943 +4295,855 @@
               </w:rPr>
               <w:t xml:space="preserve"> ALTRES MÈRITS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>DOCENTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3B2AC700" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w14:paraId="0681302A" w14:textId="77777777" w:rsidTr="00A44A78">
+      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidTr="00A44A78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5767369B" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DA6C9D4" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Membre de tribunals de TFG o TFM:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7299849B" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F4085C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w14:paraId="2E78C958" w14:textId="77777777" w:rsidTr="00A44A78">
+      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidTr="00A44A78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2521667E" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D65C233" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Aportacions a congressos d’innovació docent nacionals/internacionals:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13D7CA83" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Nacionals</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5880CEF7" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Internacionals</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6090CF97" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="00F4085C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="00F4085C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F4085C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w14:paraId="6BD8E9FE" w14:textId="77777777" w:rsidTr="00A44A78">
+      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidTr="00A44A78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6AD1079D" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="701DF949" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00037F05">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Organització o assistència a congressos d’innovació docent</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48F14B0C" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="00F4085C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="00F4085C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F4085C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w14:paraId="7D447D99" w14:textId="77777777" w:rsidTr="00A44A78">
+      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidTr="00A44A78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B959EEB" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>d)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35FEA212" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00037F05">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Premis docents</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="049C5A65" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="00F4085C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="00F4085C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F4085C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w14:paraId="62A091AA" w14:textId="77777777" w:rsidTr="00A44A78">
+      <w:tr w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidTr="00A44A78">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47935D87" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>e)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B77E320" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="0071719C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00037F05">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">Elaboració de material docent amb ISBN o dipositat en </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> universitaris oficials</w:t>
+              <w:t>Elaboració de material docent amb ISBN o dipositat en repositoris universitaris oficials</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41512FB9" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRPr="00F4085C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
+          <w:p w:rsidR="00A44A78" w:rsidRPr="00F4085C" w:rsidRDefault="00A44A78" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F4085C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="45010F35" w14:textId="77777777" w:rsidR="00A44A78" w:rsidRDefault="00A44A78" w:rsidP="00782445">
+    <w:p w:rsidR="00A44A78" w:rsidRDefault="00A44A78" w:rsidP="00782445">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="181"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="666"/>
         <w:gridCol w:w="7910"/>
         <w:gridCol w:w="1654"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w14:paraId="21876790" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8576" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54B14609" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>.- INVESTIGACIÓ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>, TRANSFERÈNCIA I INTERCANVI DE CONEIXEMENT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2FD8A2AF" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="001D7470" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
-[...8 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="000B02B3" w:rsidRPr="001D7470" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Acreditació</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> en</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="24E5DE21" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
-[...7 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Arxiu</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">Arxiu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D7470">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>“</w:t>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>Investigació, transferència i intercanvi de coneixement</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">. </w:t>
-[...70 lines deleted...]
-              </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w14:paraId="77214738" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="629CD567" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35B3C54F" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
@@ -5494,729 +5153,709 @@
               </w:rPr>
               <w:t>.1 PROGRAMES DE FORMACIÓ I CONTRACTES D’INVESTIGACIÓ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> I TRANSFERÈNCIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4CA528F6" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w14:paraId="21A5012D" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="52B63816" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="339290DD" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">Programes de formació </w:t>
-[...19 lines deleted...]
-              <w:t>-doctoral</w:t>
+              <w:t>Programes de formació pre-doctoral</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> dirigits a la realització d’un doctorat</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> amb convocatòria pública competitiva:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18CC4534" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Programa:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F87AA57" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Organisme que concedeix:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="429EAC43" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Da</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>es d’inici i acabament:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C436C77" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C518A2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w14:paraId="6B124832" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="522ADD0F" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="516F6DC0" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Programes de formació post-doctoral amb convocatòria pública competitiva:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3AD24EC5" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="-88"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Programa:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3124A440" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Organisme que concedeix:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65BDE611" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Da</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>es d’inici i acabament:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41300A92" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C518A2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w14:paraId="7E2FC62F" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3768991B" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42C66CDC" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Contractes </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">laborals </w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>d’investigació amb universitats i centres públics:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="514B1BC6" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Títol de</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t xml:space="preserve"> projecte:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49754B54" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Entitat convocant/finançadora:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33D7AB89" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Da</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>es d’inici i acabament:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73DC6E53" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Investigador principal:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A8151E6" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C518A2">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w14:paraId="5FEDB476" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="09D2ECEB" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BD79FF3" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
@@ -6226,358 +5865,358 @@
               </w:rPr>
               <w:t>.2 ACTIVITAT INVESTIGADORA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> I TRANSFERÈNCIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1A203068" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w14:paraId="3C57AC84" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D30F2ED" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19E442B2" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Articles en revistes especialitzades nacionals/internacionals</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Clau: R = revista indexada, I = revista internacional no indexada, N = revista nacional no indexada, A = altres)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64DF5CE9" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Clau:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67FC43F6" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Títol:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53C83518" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Autors/es (per ordre de signatura):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42A9B5CE" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Editorial i referència publicació:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03B082BF" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàgines i any:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="259483DF" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Indicis de qualitat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D93DB7A" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB1BC7">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w14:paraId="5AAD5145" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A820B97" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A0345D8" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Llibres/capítols </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -6638,1076 +6277,1056 @@
               </w:rPr>
               <w:t xml:space="preserve"> d’investigació amb ISBN, C = capítol de </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>llibre</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> d’investigació amb ISBN; A = altres)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A9B4CD5" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Clau:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22DF474B" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Títol:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6ABEDFC3" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Autors/es (per ordre de signatura):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="379B1BAD" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t xml:space="preserve">Editorial i </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>eferència publicació:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54817B89" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t xml:space="preserve">Pàgines i </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>ny:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="066D1FBF" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Indicis de qualitat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2367A839" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w14:paraId="46DA2428" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4613B79B" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D779297" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Investigador principal </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>o membre en</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> Projectes I+D obtinguts en convocatòries públiques competitives universitàries/autonòmiques/nacionals/internacionals:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F3FB086" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Títol del projecte:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="796406AD" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Entitat convocant/finançadora</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D6120BF" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Dades d’inici i acabament:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="623209A4" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Investigador </w:t>
             </w:r>
             <w:r w:rsidRPr="004F001E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>principal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34A8B2A5" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:r w:rsidRPr="00DF64AD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B02B3" w:rsidRPr="004F001E" w14:paraId="27F6F31D" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="000B02B3" w:rsidRPr="004F001E" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39A9DF8F" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>d)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44F2404C" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Investigador principal </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>o membre de projectes de l’article 60 LOSU (83 LOU) o d’altres projectes I+D</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C998B2A" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Títol del projecte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>/contracte</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="497C7EC8" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Dades d’inici i acabament:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4818A528" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Investigador </w:t>
             </w:r>
             <w:r w:rsidRPr="004F001E">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>principal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7484DBF3" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:r w:rsidRPr="00DF64AD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w14:paraId="7FBB77D4" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47D9607F" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>e)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7957D47B" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Aportacions a congressos nacionals/internacionals</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="397F658D" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Nacionals:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6767973B" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Internacionals</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C219771" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:r w:rsidRPr="00DF64AD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w14:paraId="5913FEA6" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55F0FF8B" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>f)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19885755" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Llicències de propietat industrial o intel·lectual en explotació</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E8B1792" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:r w:rsidRPr="00DF64AD">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w14:paraId="52A09B8A" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F1D1280" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>g)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="495B9D6E" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Premis d’investigació i transferència atorgats per organis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>mes o institucions científiques:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AB35236" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Premi i any:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C65C5DF" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Organisme</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:i/>
+              <w:t xml:space="preserve"> concedent:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B02B3" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+            <w:r w:rsidRPr="00DF64AD">
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
-              <w:t>concedent</w:t>
-[...23 lines deleted...]
-              </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w14:paraId="47E6C74F" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="767BD911" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08435C83" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Estades oficials en altres </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7718,219 +7337,197 @@
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>niversitats o centres d’investigació</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">S’entendrà per estada el temps de permanència transitòria en una Universitat o centre de investigació diferent d’aquell amb el qual es </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> un vincle laboral o formatiu. Durada mínima de l’estada: un mes consecutiu. Temps computable: màxim 24 mesos</w:t>
+              <w:t>S’entendrà per estada el temps de permanència transitòria en una Universitat o centre de investigació diferent d’aquell amb el qual es mantinga un vincle laboral o formatiu. Durada mínima de l’estada: un mes consecutiu. Temps computable: màxim 24 mesos</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B40C078" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Da</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>es d’inici i acabament:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E247BE2" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Centre de destinació:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78B16118" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB1BC7">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w14:paraId="7ADC9B3B" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7B79099F" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D73167D" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
@@ -7958,407 +7555,407 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>ALTRES MÈRITS D’INVESTIGACIÓ I TRANSFERÈNCIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7332B1D1" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w14:paraId="58025A6A" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C3C0D75" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26DD386B" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Beques de col·laboració i altres beques d’investigació i transferència</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FCA1E8A" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB1BC7">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w14:paraId="4633B2AD" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D537CE1" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36EAC4EA" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Organització o assistència en congressos científics</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6791248A" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB1BC7">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w14:paraId="6036BCC9" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="485A69F1" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F9F2D3F" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5D6D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Cursos impartits o rebuts d’actualització relacionats amb la investigació</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1654" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2897BCE7" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="00AD5D6D" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB1BC7">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2EF5672D" w14:textId="77777777" w:rsidR="00F64717" w:rsidRDefault="00F64717" w:rsidP="00782445">
+    <w:p w:rsidR="00F64717" w:rsidRDefault="00F64717" w:rsidP="00782445">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="181"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="8129"/>
         <w:gridCol w:w="1676"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BA06F7" w:rsidRPr="00F80773" w14:paraId="2A87594F" w14:textId="77777777" w:rsidTr="000B02B3">
+      <w:tr w:rsidR="00BA06F7" w:rsidRPr="00F80773" w:rsidTr="000B02B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8554" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1784025E" w14:textId="77777777" w:rsidR="00BA06F7" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="00F332DD">
+          <w:p w:rsidR="00BA06F7" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="00F332DD">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00BA06F7" w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
@@ -8401,1145 +7998,911 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">ACADÈMIC </w:t>
             </w:r>
             <w:r w:rsidR="00BA06F7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>UNIVERSITARI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1676" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3E5B7B88" w14:textId="77777777" w:rsidR="008B4840" w:rsidRPr="001D7470" w:rsidRDefault="008B4840" w:rsidP="008B4840">
-[...8 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="008B4840" w:rsidRPr="001D7470" w:rsidRDefault="008B4840" w:rsidP="008B4840">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Acreditació</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> en</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="569EF0C3" w14:textId="77777777" w:rsidR="00BA06F7" w:rsidRPr="0071719C" w:rsidRDefault="008B4840" w:rsidP="000B02B3">
-[...7 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="00BA06F7" w:rsidRPr="0071719C" w:rsidRDefault="008B4840" w:rsidP="000B02B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Arxiu</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">Arxiu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D7470">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidR="000B02B3">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D7470">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="000B02B3">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ctivitat professional fo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B4840">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ra de l’àmbit </w:t>
+            </w:r>
+            <w:r w:rsidR="000B02B3">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">acadèmic </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B4840">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>universitari</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>“</w:t>
-[...138 lines deleted...]
-              </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B82B5B" w:rsidRPr="0071719C" w14:paraId="1313D231" w14:textId="77777777" w:rsidTr="00BA06F7">
+      <w:tr w:rsidR="00B82B5B" w:rsidRPr="0071719C" w:rsidTr="00BA06F7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2579F7D4" w14:textId="77777777" w:rsidR="00B82B5B" w:rsidRPr="0071719C" w:rsidRDefault="00B82B5B" w:rsidP="00A44A78">
+          <w:p w:rsidR="00B82B5B" w:rsidRPr="0071719C" w:rsidRDefault="00B82B5B" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8129" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="53254878" w14:textId="77777777" w:rsidR="00B82B5B" w:rsidRPr="0071719C" w:rsidRDefault="00B82B5B" w:rsidP="00A44A78">
+          <w:p w:rsidR="00B82B5B" w:rsidRPr="0071719C" w:rsidRDefault="00B82B5B" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="585A163C" w14:textId="77777777" w:rsidR="00B82B5B" w:rsidRPr="0071719C" w:rsidRDefault="00B82B5B" w:rsidP="00A44A78">
+          <w:p w:rsidR="00B82B5B" w:rsidRPr="0071719C" w:rsidRDefault="00B82B5B" w:rsidP="00A44A78">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD6853" w:rsidRPr="0071719C" w14:paraId="6D981E42" w14:textId="77777777" w:rsidTr="00BA06F7">
+      <w:tr w:rsidR="00DD6853" w:rsidRPr="0071719C" w:rsidTr="00BA06F7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A7365D5" w14:textId="77777777" w:rsidR="00DD6853" w:rsidRPr="0071719C" w:rsidRDefault="00DD6853" w:rsidP="00DD6853">
+          <w:p w:rsidR="00DD6853" w:rsidRPr="0071719C" w:rsidRDefault="00DD6853" w:rsidP="00DD6853">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8129" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="381699E2" w14:textId="77777777" w:rsidR="00DD6853" w:rsidRPr="007B32A3" w:rsidRDefault="00DD6853" w:rsidP="00DD6853">
+          <w:p w:rsidR="00DD6853" w:rsidRPr="007B32A3" w:rsidRDefault="00DD6853" w:rsidP="00DD6853">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B32A3">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Activitat: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="561A5688" w14:textId="77777777" w:rsidR="00DD6853" w:rsidRPr="007B32A3" w:rsidRDefault="00DD6853" w:rsidP="00DD6853">
+          <w:p w:rsidR="00DD6853" w:rsidRPr="007B32A3" w:rsidRDefault="00DD6853" w:rsidP="00DD6853">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B32A3">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Dades d’inici i acabament:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B767AAB" w14:textId="77777777" w:rsidR="00DD6853" w:rsidRPr="0071719C" w:rsidRDefault="00DD6853" w:rsidP="00DD6853">
+          <w:p w:rsidR="00DD6853" w:rsidRPr="0071719C" w:rsidRDefault="00DD6853" w:rsidP="00DD6853">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Emp</w:t>
             </w:r>
             <w:r w:rsidRPr="007B32A3">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>resa/Entitat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B4CD51B" w14:textId="77777777" w:rsidR="00DD6853" w:rsidRPr="0071719C" w:rsidRDefault="008B4840" w:rsidP="00DD6853">
+          <w:p w:rsidR="00DD6853" w:rsidRPr="0071719C" w:rsidRDefault="008B4840" w:rsidP="00DD6853">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7FCDC5AE" w14:textId="77777777" w:rsidR="00B82B5B" w:rsidRDefault="00B82B5B" w:rsidP="00782445">
+    <w:p w:rsidR="00B82B5B" w:rsidRDefault="00B82B5B" w:rsidP="00782445">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="181"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="8133"/>
         <w:gridCol w:w="1672"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w14:paraId="544F2035" w14:textId="77777777" w:rsidTr="000B02B3">
+      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidTr="000B02B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8558" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1425A038" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="00F332DD">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="00F332DD">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>.- CONEIXEMENT DE LA LLENGUA PRÒPIA DE LA UNIVERSITAT DE VALÈNCIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="02804F80" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="001D7470" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
-[...8 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="000B02B3" w:rsidRPr="001D7470" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Acreditació</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Acreditació en</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arxiu </w:t>
+            </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...14 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Arxiu</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D7470">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...77 lines deleted...]
-              <w:t xml:space="preserve"> de la UV”</w:t>
+              <w:t>Coneixement de la llengua pròpia de la UV”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w14:paraId="51F43A8D" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7A9379C7" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8133" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="06B3B00C" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Només es valorarà el nivell més alt de cada concursant:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="36756D70" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w14:paraId="52E14931" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21771D66" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8133" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71AF944A" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nivell i organisme </w:t>
-[...19 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Nivell i organisme acreditatitu:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77D8CA99" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="27C1AF26" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRDefault="000B02B3" w:rsidP="00782445">
+    <w:p w:rsidR="000B02B3" w:rsidRDefault="000B02B3" w:rsidP="00782445">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="181"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="8134"/>
         <w:gridCol w:w="1671"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w14:paraId="75A245B0" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8559" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C69102F" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="00A53A49" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="00A53A49" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A53A49">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>6.- ALTRES MÈRITS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="759EAA92" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="00A53A49" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
-[...8 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="000B02B3" w:rsidRPr="00A53A49" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00A53A49">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Acreditació</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Acreditació en</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="00A53A49">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00A53A49">
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...14 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Arxiu “</w:t>
+            </w:r>
+            <w:r w:rsidR="00A53A49" w:rsidRPr="00A53A49">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
             <w:r w:rsidRPr="00A53A49">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Arxiu</w:t>
-[...60 lines deleted...]
-              <w:t>”</w:t>
+              <w:t>. Altres mèrits”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w14:paraId="1442F183" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6D585830" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="713C0EF6" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="00E92168" w:rsidRDefault="00A53A49" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="00E92168" w:rsidRDefault="00A53A49" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="000B02B3" w:rsidRPr="0071719C">
               <w:rPr>
@@ -9592,226 +8955,226 @@
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="000B02B3">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2816F85E" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w14:paraId="2C67BE4C" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6737ED61" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="679A8451" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="-88"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Idioma:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DD30EB7" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Nivell i organisme acreditatiu:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14E83C8E" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w14:paraId="04A2D497" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="22FC319E" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4008433B" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="00A53A49" w:rsidP="00F332DD">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="00A53A49" w:rsidP="00F332DD">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="000B02B3" w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
@@ -9821,678 +9184,593 @@
               </w:rPr>
               <w:t xml:space="preserve">.2 </w:t>
             </w:r>
             <w:r w:rsidR="000B02B3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>ALTRES MÈRITS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1807F731" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w14:paraId="6D5F6F23" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75C26AC3" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E86A6BD" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="00A27942" w:rsidRDefault="000B02B3" w:rsidP="00A53A49">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="00A27942" w:rsidRDefault="000B02B3" w:rsidP="00A53A49">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A27942">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Participació en comissions d’universitat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EB769B7" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F6737F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w14:paraId="52FA47D1" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="013793DF" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C3072C1" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="00A27942" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="00A27942" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A27942">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Participació en òrgans de representació universitària:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79AF3E69" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F6737F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w14:paraId="42D3B25F" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66A1F890" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EC98BC5" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="00A27942" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="00A27942" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="180" w:lineRule="exact"/>
               <w:ind w:left="34" w:right="255"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00A27942">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Altres mèrits no valorats en cap altre apartat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4503EE24" w14:textId="77777777" w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
+          <w:p w:rsidR="000B02B3" w:rsidRPr="0071719C" w:rsidRDefault="000B02B3" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F6737F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4E6EB171" w14:textId="77777777" w:rsidR="00B82B5B" w:rsidRDefault="00B82B5B" w:rsidP="00782445">
+    <w:p w:rsidR="00B82B5B" w:rsidRDefault="00B82B5B" w:rsidP="00782445">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="181"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="8134"/>
         <w:gridCol w:w="1671"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A53A49" w:rsidRPr="0071719C" w14:paraId="395C23BF" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="00A53A49" w:rsidRPr="0071719C" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8559" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="079A081B" w14:textId="77777777" w:rsidR="00A53A49" w:rsidRPr="0071719C" w:rsidRDefault="00A53A49" w:rsidP="000225C4">
+          <w:p w:rsidR="00A53A49" w:rsidRPr="0071719C" w:rsidRDefault="00A53A49" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">.- </w:t>
             </w:r>
             <w:r w:rsidRPr="00E92168">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>MESURES D’ACCIÓ POSITIVA PER A LA IGUALTAT D’OPORTUNITATS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3B35B54C" w14:textId="77777777" w:rsidR="00A53A49" w:rsidRPr="001D7470" w:rsidRDefault="00A53A49" w:rsidP="000225C4">
-[...8 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="00A53A49" w:rsidRPr="001D7470" w:rsidRDefault="00A53A49" w:rsidP="000225C4">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Acreditació</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Acreditació en</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A53A49" w:rsidRPr="0071719C" w:rsidRDefault="00A53A49" w:rsidP="000225C4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arxiu </w:t>
+            </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
-                <w:i/>
-[...14 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Arxiu</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D7470">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E92168">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>esures d’acció positiva per a la igualtat d’oportunitats</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7470">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>“</w:t>
-[...84 lines deleted...]
-              </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A53A49" w:rsidRPr="0071719C" w14:paraId="09110B43" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="00A53A49" w:rsidRPr="0071719C" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1ED41DF2" w14:textId="77777777" w:rsidR="00A53A49" w:rsidRPr="0071719C" w:rsidRDefault="00A53A49" w:rsidP="000225C4">
+          <w:p w:rsidR="00A53A49" w:rsidRPr="0071719C" w:rsidRDefault="00A53A49" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4A8D924C" w14:textId="77777777" w:rsidR="00A53A49" w:rsidRPr="00E92168" w:rsidRDefault="00C51409" w:rsidP="000225C4">
+          <w:p w:rsidR="00A53A49" w:rsidRPr="00E92168" w:rsidRDefault="00C51409" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92168">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Permisos, llicències o excedències per raons de naixement, gestació, embaràs, guarda amb finalitats d’adopció, acolliment o adopció, lactància o situacions anàlogues, per raons de conciliació o cura de fills i filles, familiars o persones dependents, per violència de gènere, així com baixes per incapacitat temporal </w:t>
             </w:r>
             <w:r w:rsidRPr="007A15C8">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> per malaltia que superen les 16 setmanes continuades de</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007A15C8">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">baixa (computant-se sols el període que </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> les 16 setmanes), sempre que aquestes</w:t>
+              <w:t>baixa (computant-se sols el període que supere les 16 setmanes), sempre que aquestes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007A15C8">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>situacions hagen ocorregut</w:t>
             </w:r>
             <w:r w:rsidRPr="00E92168">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> durant l</w:t>
             </w:r>
@@ -10536,279 +9814,280 @@
               </w:rPr>
               <w:t>ació: 0,05 punts per setmana. D’</w:t>
             </w:r>
             <w:r w:rsidRPr="00E92168">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>igual forma es valoraran les situacions de discapacitat reconeguda (certificat de discapacitat des de 33% fins a 64%: màxim 1 punt; des de 65%: màxim 2 punts)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34324F18" w14:textId="77777777" w:rsidR="00A53A49" w:rsidRPr="0071719C" w:rsidRDefault="00A53A49" w:rsidP="000225C4">
+          <w:p w:rsidR="00A53A49" w:rsidRPr="0071719C" w:rsidRDefault="00A53A49" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071719C">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Documentació acreditativa en</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A53A49" w:rsidRPr="0071719C" w14:paraId="4859D603" w14:textId="77777777" w:rsidTr="000225C4">
+      <w:tr w:rsidR="00A53A49" w:rsidRPr="0071719C" w:rsidTr="000225C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6DE9BE03" w14:textId="77777777" w:rsidR="00A53A49" w:rsidRPr="0071719C" w:rsidRDefault="00A53A49" w:rsidP="000225C4">
+          <w:p w:rsidR="00A53A49" w:rsidRPr="0071719C" w:rsidRDefault="00A53A49" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B2B6D87" w14:textId="77777777" w:rsidR="00A53A49" w:rsidRPr="007B32A3" w:rsidRDefault="00A53A49" w:rsidP="000225C4">
+          <w:p w:rsidR="00A53A49" w:rsidRPr="007B32A3" w:rsidRDefault="00A53A49" w:rsidP="000225C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="34" w:right="256"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Situació</w:t>
             </w:r>
             <w:r w:rsidRPr="007B32A3">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C15B860" w14:textId="77777777" w:rsidR="00A53A49" w:rsidRPr="0071719C" w:rsidRDefault="00A53A49" w:rsidP="000225C4">
+          <w:p w:rsidR="00A53A49" w:rsidRPr="0071719C" w:rsidRDefault="00A53A49" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B32A3">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Da</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidRPr="007B32A3">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>es d’inici i acabament:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="384EF6AB" w14:textId="77777777" w:rsidR="00A53A49" w:rsidRPr="0071719C" w:rsidRDefault="00A53A49" w:rsidP="000225C4">
+          <w:p w:rsidR="00A53A49" w:rsidRPr="0071719C" w:rsidRDefault="00A53A49" w:rsidP="000225C4">
             <w:pPr>
               <w:pStyle w:val="Sangradetextonormal"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ca-ES" w:bidi="he-IL"/>
               </w:rPr>
               <w:t>Pàg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="39740D67" w14:textId="77777777" w:rsidR="00B81935" w:rsidRPr="0071719C" w:rsidRDefault="00B81935" w:rsidP="00F332DD">
+    <w:p w:rsidR="00B81935" w:rsidRPr="0071719C" w:rsidRDefault="00B81935" w:rsidP="00F332DD">
       <w:pPr>
         <w:pStyle w:val="Sangradetextonormal"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B81935" w:rsidRPr="0071719C" w:rsidSect="00EB2833">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1985" w:right="758" w:bottom="709" w:left="1276" w:header="426" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="76C37B40" w14:textId="77777777" w:rsidR="00561EDC" w:rsidRDefault="00561EDC" w:rsidP="00531F54">
+    <w:p w:rsidR="00561EDC" w:rsidRDefault="00561EDC" w:rsidP="00531F54">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21D9CF8B" w14:textId="77777777" w:rsidR="00561EDC" w:rsidRDefault="00561EDC" w:rsidP="00531F54">
+    <w:p w:rsidR="00561EDC" w:rsidRDefault="00561EDC" w:rsidP="00531F54">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -10826,183 +10105,183 @@
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tw Cen MT">
     <w:panose1 w:val="020B0602020104020603"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="69FB544D" w14:textId="77777777" w:rsidR="00561EDC" w:rsidRDefault="00561EDC">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00561EDC" w:rsidRDefault="00561EDC">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1915080818"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="069368DE" w14:textId="77777777" w:rsidR="00561EDC" w:rsidRPr="007C5BD6" w:rsidRDefault="00561EDC">
+      <w:p w:rsidR="00561EDC" w:rsidRPr="007C5BD6" w:rsidRDefault="00561EDC">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="007C5BD6">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="007C5BD6">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="007C5BD6">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00C51409">
+        <w:r w:rsidR="00563A91">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>1</w:t>
         </w:r>
         <w:r w:rsidRPr="007C5BD6">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="602ACD9C" w14:textId="77777777" w:rsidR="00561EDC" w:rsidRDefault="00561EDC">
+  <w:p w:rsidR="00561EDC" w:rsidRDefault="00561EDC">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="139F773F" w14:textId="77777777" w:rsidR="00561EDC" w:rsidRDefault="00561EDC">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00561EDC" w:rsidRDefault="00561EDC">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3432F9DE" w14:textId="77777777" w:rsidR="00561EDC" w:rsidRDefault="00561EDC" w:rsidP="00531F54">
+    <w:p w:rsidR="00561EDC" w:rsidRDefault="00561EDC" w:rsidP="00531F54">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="34FBB8F1" w14:textId="77777777" w:rsidR="00561EDC" w:rsidRDefault="00561EDC" w:rsidP="00531F54">
+    <w:p w:rsidR="00561EDC" w:rsidRDefault="00561EDC" w:rsidP="00531F54">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="46E12A5B" w14:textId="77777777" w:rsidR="00561EDC" w:rsidRDefault="00561EDC">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00561EDC" w:rsidRDefault="00561EDC">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1CAE9BF6" w14:textId="77777777" w:rsidR="00561EDC" w:rsidRDefault="00561EDC">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00561EDC" w:rsidRDefault="00561EDC">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="65C16630" wp14:editId="477A2C29">
+        <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2245995" cy="929005"/>
           <wp:effectExtent l="0" t="0" r="1905" b="4445"/>
           <wp:docPr id="3" name="Imagen 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
@@ -11011,61 +10290,61 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2245995" cy="929005"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="689F7A51" w14:textId="77777777" w:rsidR="00561EDC" w:rsidRDefault="00561EDC">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00561EDC" w:rsidRDefault="00561EDC">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00C07EEC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4B8A56E0"/>
     <w:lvl w:ilvl="0" w:tplc="B66A82D2">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1648" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -13608,73 +12887,71 @@
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="15"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="150"/>
   <w:hideSpellingErrors/>
-  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="14337"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A2190B"/>
     <w:rsid w:val="000020B9"/>
     <w:rsid w:val="00010884"/>
     <w:rsid w:val="00010EA2"/>
     <w:rsid w:val="0001194B"/>
     <w:rsid w:val="00020798"/>
     <w:rsid w:val="00022E5B"/>
     <w:rsid w:val="00024867"/>
     <w:rsid w:val="00027CBF"/>
     <w:rsid w:val="000300B5"/>
     <w:rsid w:val="00033359"/>
     <w:rsid w:val="00034ABC"/>
     <w:rsid w:val="00035722"/>
     <w:rsid w:val="000402A1"/>
     <w:rsid w:val="0004218A"/>
     <w:rsid w:val="00045EB1"/>
     <w:rsid w:val="00046898"/>
     <w:rsid w:val="000508B1"/>
     <w:rsid w:val="000540F6"/>
     <w:rsid w:val="00065B02"/>
     <w:rsid w:val="000709F7"/>
     <w:rsid w:val="00073291"/>
     <w:rsid w:val="0007676C"/>
@@ -13882,50 +13159,51 @@
     <w:rsid w:val="004D3C1D"/>
     <w:rsid w:val="004F22D7"/>
     <w:rsid w:val="004F28F1"/>
     <w:rsid w:val="004F4B92"/>
     <w:rsid w:val="0050356B"/>
     <w:rsid w:val="00505DC8"/>
     <w:rsid w:val="00510D3B"/>
     <w:rsid w:val="00510FCD"/>
     <w:rsid w:val="00516651"/>
     <w:rsid w:val="0052498F"/>
     <w:rsid w:val="00531EEB"/>
     <w:rsid w:val="00531F54"/>
     <w:rsid w:val="00533CF5"/>
     <w:rsid w:val="00536AE8"/>
     <w:rsid w:val="005379F6"/>
     <w:rsid w:val="00537FB6"/>
     <w:rsid w:val="005400D2"/>
     <w:rsid w:val="0054264E"/>
     <w:rsid w:val="0055404E"/>
     <w:rsid w:val="00555BC6"/>
     <w:rsid w:val="0055742F"/>
     <w:rsid w:val="00557A18"/>
     <w:rsid w:val="00560131"/>
     <w:rsid w:val="00561EDC"/>
     <w:rsid w:val="00562728"/>
+    <w:rsid w:val="00563A91"/>
     <w:rsid w:val="00564670"/>
     <w:rsid w:val="00570025"/>
     <w:rsid w:val="0057407F"/>
     <w:rsid w:val="00577138"/>
     <w:rsid w:val="005824ED"/>
     <w:rsid w:val="00584B20"/>
     <w:rsid w:val="00584C6A"/>
     <w:rsid w:val="00585755"/>
     <w:rsid w:val="005924E4"/>
     <w:rsid w:val="005933BF"/>
     <w:rsid w:val="00594D42"/>
     <w:rsid w:val="00597C97"/>
     <w:rsid w:val="005A1D8F"/>
     <w:rsid w:val="005A28F4"/>
     <w:rsid w:val="005A38B3"/>
     <w:rsid w:val="005A396E"/>
     <w:rsid w:val="005A65FF"/>
     <w:rsid w:val="005A6EAB"/>
     <w:rsid w:val="005A7405"/>
     <w:rsid w:val="005B07CD"/>
     <w:rsid w:val="005B2381"/>
     <w:rsid w:val="005B3A78"/>
     <w:rsid w:val="005B4886"/>
     <w:rsid w:val="005C025F"/>
     <w:rsid w:val="005C0F37"/>
@@ -14118,51 +13396,50 @@
     <w:rsid w:val="00A84AEF"/>
     <w:rsid w:val="00A86B5B"/>
     <w:rsid w:val="00A8784C"/>
     <w:rsid w:val="00A87986"/>
     <w:rsid w:val="00A93F4F"/>
     <w:rsid w:val="00AA28DC"/>
     <w:rsid w:val="00AB3EF5"/>
     <w:rsid w:val="00AB5D51"/>
     <w:rsid w:val="00AC06C5"/>
     <w:rsid w:val="00AC40B5"/>
     <w:rsid w:val="00AC7CA5"/>
     <w:rsid w:val="00AD09AB"/>
     <w:rsid w:val="00AD17CF"/>
     <w:rsid w:val="00AD6BE0"/>
     <w:rsid w:val="00AE2094"/>
     <w:rsid w:val="00AE5A6B"/>
     <w:rsid w:val="00AF26DF"/>
     <w:rsid w:val="00AF61CA"/>
     <w:rsid w:val="00AF71DB"/>
     <w:rsid w:val="00B04279"/>
     <w:rsid w:val="00B11DED"/>
     <w:rsid w:val="00B11EFE"/>
     <w:rsid w:val="00B1535F"/>
     <w:rsid w:val="00B204FB"/>
     <w:rsid w:val="00B22D0C"/>
-    <w:rsid w:val="00B26B34"/>
     <w:rsid w:val="00B300E3"/>
     <w:rsid w:val="00B33261"/>
     <w:rsid w:val="00B35951"/>
     <w:rsid w:val="00B45A91"/>
     <w:rsid w:val="00B47943"/>
     <w:rsid w:val="00B47ABF"/>
     <w:rsid w:val="00B50458"/>
     <w:rsid w:val="00B560F3"/>
     <w:rsid w:val="00B618B8"/>
     <w:rsid w:val="00B64DD2"/>
     <w:rsid w:val="00B7764E"/>
     <w:rsid w:val="00B80154"/>
     <w:rsid w:val="00B80FA1"/>
     <w:rsid w:val="00B8117C"/>
     <w:rsid w:val="00B81935"/>
     <w:rsid w:val="00B8294E"/>
     <w:rsid w:val="00B82B5B"/>
     <w:rsid w:val="00B8385B"/>
     <w:rsid w:val="00BA06F7"/>
     <w:rsid w:val="00BA1770"/>
     <w:rsid w:val="00BA2CBF"/>
     <w:rsid w:val="00BA5ADC"/>
     <w:rsid w:val="00BA683C"/>
     <w:rsid w:val="00BA7951"/>
     <w:rsid w:val="00BB14D2"/>
@@ -14368,67 +13645,67 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="14337"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="65A50D11"/>
+  <w14:docId w14:val="1A32CE26"/>
   <w15:docId w15:val="{DBD90BD3-E98F-4E02-9B4E-09594DF2CB5C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14484,94 +13761,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
@@ -14745,55 +14026,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="000B57CC"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:qFormat/>
     <w:rsid w:val="007252E8"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
@@ -15109,51 +14385,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculovisitado">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00560131"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SangradetextonormalCar">
     <w:name w:val="Sangría de texto normal Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Sangradetextonormal"/>
     <w:rsid w:val="00DD6853"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="153841109">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="257763017">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15563,79 +14839,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3407E3AD-DBEF-4048-8C36-2A66C7EDEC24}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D2C2996E-7A3B-4A1A-B6EB-1F979CF01910}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1281</Words>
-  <Characters>7050</Characters>
+  <Words>1264</Words>
+  <Characters>6956</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>58</Lines>
+  <Lines>57</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>REGLAMENT DE SELECCIÓ DEL PERSONAL DOCENT I INVESTIGADOR DE LA UNIVERSITAT DE VALÈNCIA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Servei d'Informàtica</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8315</CharactersWithSpaces>
+  <CharactersWithSpaces>8204</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>REGLAMENT DE SELECCIÓ DEL PERSONAL DOCENT I INVESTIGADOR DE LA UNIVERSITAT DE VALÈNCIA</dc:title>
   <dc:creator>Teresa;Trice</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>